--- v0 (2025-10-07)
+++ v1 (2026-01-14)
@@ -2029,130 +2029,193 @@
       </c>
       <c r="Y18">
         <v>4</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
         <v>4</v>
       </c>
       <c r="AB18">
         <v>4</v>
       </c>
       <c r="AC18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA1</v>
       </c>
       <c r="B19" t="str">
         <v>DNF</v>
       </c>
       <c r="D19" t="str">
-        <v>Billy_Hiccups</v>
+        <v>Sal Azevedo</v>
       </c>
       <c r="E19">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F19">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
+      <c r="H19">
+        <v>261512</v>
+      </c>
       <c r="I19" t="str">
-        <v>recnepsseivad</v>
+        <v>vadoriv</v>
       </c>
       <c r="J19">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="K19">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="L19">
+        <v>4</v>
+      </c>
+      <c r="M19">
+        <v>4</v>
+      </c>
+      <c r="N19">
+        <v>2</v>
+      </c>
+      <c r="O19">
+        <v>4</v>
+      </c>
+      <c r="P19">
+        <v>3</v>
+      </c>
+      <c r="Q19">
+        <v>3</v>
+      </c>
+      <c r="R19">
+        <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA1</v>
       </c>
       <c r="B20" t="str">
         <v>DNF</v>
       </c>
       <c r="D20" t="str">
         <v>Ben mccommon</v>
       </c>
       <c r="E20">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F20">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G20">
         <v>1</v>
       </c>
       <c r="I20" t="str">
         <v>benmccommon1</v>
       </c>
       <c r="J20">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K20">
-        <v>0</v>
+        <v>23</v>
+      </c>
+      <c r="L20">
+        <v>4</v>
+      </c>
+      <c r="M20">
+        <v>4</v>
+      </c>
+      <c r="N20">
+        <v>3</v>
+      </c>
+      <c r="O20">
+        <v>4</v>
+      </c>
+      <c r="P20">
+        <v>2</v>
+      </c>
+      <c r="Q20">
+        <v>3</v>
+      </c>
+      <c r="R20">
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA1</v>
       </c>
       <c r="B21" t="str">
         <v>DNF</v>
       </c>
       <c r="D21" t="str">
-        <v>Sal Azevedo</v>
+        <v>Billy_Hiccups</v>
       </c>
       <c r="E21">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F21">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
-      <c r="H21">
-[...1 lines deleted...]
-      </c>
       <c r="I21" t="str">
-        <v>vadoriv</v>
+        <v>recnepsseivad</v>
       </c>
       <c r="J21">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="K21">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="L21">
+        <v>4</v>
+      </c>
+      <c r="M21">
+        <v>4</v>
+      </c>
+      <c r="N21">
+        <v>4</v>
+      </c>
+      <c r="O21">
+        <v>4</v>
+      </c>
+      <c r="P21">
+        <v>2</v>
+      </c>
+      <c r="Q21">
+        <v>3</v>
+      </c>
+      <c r="R21">
+        <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA50</v>
       </c>
       <c r="B22" t="str">
         <v>1</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22" t="str">
         <v>Nick Vasquez</v>
       </c>
       <c r="E22">
         <v>5</v>
       </c>
       <c r="F22">
         <v>61</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22">