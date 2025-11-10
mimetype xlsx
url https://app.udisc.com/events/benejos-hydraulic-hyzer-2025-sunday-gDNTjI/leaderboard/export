--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -3967,50 +3967,53 @@
         <v>2</v>
       </c>
       <c r="AH34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>MA2</v>
       </c>
       <c r="B35" t="str">
         <v>T7</v>
       </c>
       <c r="C35">
         <v>7</v>
       </c>
       <c r="D35" t="str">
         <v>Juan Carlos Maciel</v>
       </c>
       <c r="E35">
         <v>-1</v>
       </c>
       <c r="F35">
         <v>72</v>
       </c>
+      <c r="G35">
+        <v>315343</v>
+      </c>
       <c r="H35" t="str">
         <v>jcmaciel</v>
       </c>
       <c r="I35">
         <v>-1</v>
       </c>
       <c r="J35">
         <v>72</v>
       </c>
       <c r="K35">
         <v>2</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>4</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">