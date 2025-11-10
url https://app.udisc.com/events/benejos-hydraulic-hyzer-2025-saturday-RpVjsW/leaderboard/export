--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -682,51 +682,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Andrew Riggs</v>
       </c>
       <c r="E3">
         <v>-10</v>
       </c>
       <c r="F3">
         <v>63</v>
       </c>
       <c r="G3">
         <v>201988</v>
       </c>
       <c r="H3" t="str">
-        <v>andrewmriggs</v>
+        <v>andriggs</v>
       </c>
       <c r="I3">
         <v>-10</v>
       </c>
       <c r="J3">
         <v>63</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>5</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -4781,50 +4781,53 @@
         <v>2</v>
       </c>
       <c r="AH42">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MA2</v>
       </c>
       <c r="B43" t="str">
         <v>16</v>
       </c>
       <c r="C43">
         <v>16</v>
       </c>
       <c r="D43" t="str">
         <v>Juan Carlos Maciel</v>
       </c>
       <c r="E43">
         <v>0</v>
       </c>
       <c r="F43">
         <v>73</v>
       </c>
+      <c r="G43">
+        <v>315343</v>
+      </c>
       <c r="H43" t="str">
         <v>jcmaciel</v>
       </c>
       <c r="I43">
         <v>0</v>
       </c>
       <c r="J43">
         <v>73</v>
       </c>
       <c r="K43">
         <v>2</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>4</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
@@ -4990,51 +4993,51 @@
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>MA2</v>
       </c>
       <c r="B45" t="str">
         <v>T17</v>
       </c>
       <c r="C45">
         <v>17</v>
       </c>
       <c r="D45" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
       <c r="F45">
         <v>74</v>
       </c>
       <c r="G45">
         <v>199025</v>
       </c>
       <c r="H45" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I45">
         <v>1</v>
       </c>
       <c r="J45">
         <v>74</v>
       </c>
       <c r="K45">
         <v>2</v>
       </c>
       <c r="L45">
         <v>2</v>
       </c>
       <c r="M45">
         <v>4</v>
       </c>
       <c r="N45">
         <v>3</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>
       <c r="P45">
         <v>4</v>
       </c>
@@ -6313,50 +6316,53 @@
       <c r="AG57">
         <v>2</v>
       </c>
       <c r="AH57">
         <v>3</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>MA2</v>
       </c>
       <c r="B58" t="str">
         <v>T31</v>
       </c>
       <c r="C58">
         <v>31</v>
       </c>
       <c r="D58" t="str">
         <v xml:space="preserve">Parker Kunkle </v>
       </c>
       <c r="E58">
         <v>6</v>
       </c>
       <c r="F58">
         <v>79</v>
+      </c>
+      <c r="G58">
+        <v>316583</v>
       </c>
       <c r="H58" t="str">
         <v>starkerk</v>
       </c>
       <c r="I58">
         <v>6</v>
       </c>
       <c r="J58">
         <v>79</v>
       </c>
       <c r="K58">
         <v>4</v>
       </c>
       <c r="L58">
         <v>3</v>
       </c>
       <c r="M58">
         <v>4</v>
       </c>
       <c r="N58">
         <v>4</v>
       </c>
       <c r="O58">
         <v>3</v>
       </c>