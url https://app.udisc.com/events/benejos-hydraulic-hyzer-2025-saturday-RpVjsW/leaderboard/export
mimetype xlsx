--- v1 (2025-11-10)
+++ v2 (2026-01-13)
@@ -11665,50 +11665,53 @@
         <v>4</v>
       </c>
       <c r="AH109">
         <v>2</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="str">
         <v>MA50</v>
       </c>
       <c r="B110" t="str">
         <v>T18</v>
       </c>
       <c r="C110">
         <v>18</v>
       </c>
       <c r="D110" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E110">
         <v>2</v>
       </c>
       <c r="F110">
         <v>75</v>
       </c>
+      <c r="G110">
+        <v>297917</v>
+      </c>
       <c r="H110" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I110">
         <v>2</v>
       </c>
       <c r="J110">
         <v>75</v>
       </c>
       <c r="K110">
         <v>2</v>
       </c>
       <c r="L110">
         <v>2</v>
       </c>
       <c r="M110">
         <v>5</v>
       </c>
       <c r="N110">
         <v>3</v>
       </c>
       <c r="O110">
         <v>3</v>
       </c>
       <c r="P110">