--- v0 (2026-01-12)
+++ v1 (2026-02-11)
@@ -1441,50 +1441,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Jose Camacho</v>
       </c>
       <c r="E12">
         <v>12</v>
       </c>
       <c r="F12">
         <v>67</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
+      <c r="H12">
+        <v>320252</v>
+      </c>
       <c r="I12" t="str">
         <v>machomania</v>
       </c>
       <c r="J12">
         <v>12</v>
       </c>
       <c r="K12">
         <v>67</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>6</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">