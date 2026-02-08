--- v0 (2025-10-20)
+++ v1 (2026-02-08)
@@ -3358,50 +3358,53 @@
         <v>3</v>
       </c>
       <c r="AB34">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>B Pool</v>
       </c>
       <c r="B35" t="str">
         <v>T15</v>
       </c>
       <c r="C35">
         <v>15</v>
       </c>
       <c r="D35" t="str">
         <v>Michael Hoang</v>
       </c>
       <c r="E35">
         <v>10</v>
       </c>
       <c r="F35">
         <v>71</v>
       </c>
+      <c r="G35">
+        <v>320645</v>
+      </c>
       <c r="H35" t="str">
         <v>mhoang</v>
       </c>
       <c r="I35">
         <v>10</v>
       </c>
       <c r="J35">
         <v>71</v>
       </c>
       <c r="K35">
         <v>6</v>
       </c>
       <c r="L35">
         <v>4</v>
       </c>
       <c r="M35">
         <v>4</v>
       </c>
       <c r="N35">
         <v>5</v>
       </c>
       <c r="O35">
         <v>5</v>
       </c>
       <c r="P35">