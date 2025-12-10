--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -1903,51 +1903,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>Joe Damboise</v>
       </c>
       <c r="E18">
         <v>11</v>
       </c>
       <c r="F18">
         <v>71</v>
       </c>
       <c r="G18">
         <v>185223</v>
       </c>
       <c r="H18" t="str">
-        <v>joeddd</v>
+        <v>joedamboise</v>
       </c>
       <c r="I18">
         <v>11</v>
       </c>
       <c r="J18">
         <v>71</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>5</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>5</v>
       </c>
       <c r="O18">
         <v>6</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>