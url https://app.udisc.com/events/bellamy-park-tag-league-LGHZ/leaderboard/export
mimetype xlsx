--- v0 (2025-10-07)
+++ v1 (2026-02-08)
@@ -4043,51 +4043,51 @@
       </c>
       <c r="AB43">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>T42</v>
       </c>
       <c r="C44">
         <v>42</v>
       </c>
       <c r="D44" t="str">
         <v>Joe D</v>
       </c>
       <c r="E44">
         <v>7</v>
       </c>
       <c r="F44">
         <v>67</v>
       </c>
       <c r="H44" t="str">
-        <v>joeddd</v>
+        <v>joedamboise</v>
       </c>
       <c r="I44">
         <v>7</v>
       </c>
       <c r="J44">
         <v>67</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
         <v>4</v>
       </c>
       <c r="O44">
         <v>6</v>
       </c>
       <c r="P44">
         <v>2</v>
       </c>