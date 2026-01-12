--- v0 (2025-10-20)
+++ v1 (2026-01-12)
@@ -2874,51 +2874,51 @@
       </c>
     </row>
     <row r="26">
       <c r="E26" t="str">
         <v>AM S</v>
       </c>
       <c r="F26" t="str">
         <v>12</v>
       </c>
       <c r="G26">
         <v>12</v>
       </c>
       <c r="H26" t="str">
         <v>Kainoa Hussey</v>
       </c>
       <c r="I26">
         <v>6</v>
       </c>
       <c r="J26">
         <v>60</v>
       </c>
       <c r="K26">
         <v>149952</v>
       </c>
       <c r="L26" t="str">
-        <v>kainoa11</v>
+        <v>kainoa14</v>
       </c>
       <c r="M26">
         <v>6</v>
       </c>
       <c r="N26">
         <v>60</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>2</v>
       </c>
       <c r="Q26">
         <v>4</v>
       </c>
       <c r="R26">
         <v>4</v>
       </c>
       <c r="S26">
         <v>4</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>