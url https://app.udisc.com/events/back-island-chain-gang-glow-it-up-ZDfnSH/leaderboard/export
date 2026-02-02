--- v0 (2026-01-11)
+++ v1 (2026-02-02)
@@ -799,50 +799,53 @@
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Bear</v>
       </c>
       <c r="E5">
         <v>-5</v>
       </c>
       <c r="F5">
         <v>49</v>
       </c>
+      <c r="G5">
+        <v>319709</v>
+      </c>
       <c r="H5" t="str">
         <v>bear1978</v>
       </c>
       <c r="I5">
         <v>-5</v>
       </c>
       <c r="J5">
         <v>49</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">