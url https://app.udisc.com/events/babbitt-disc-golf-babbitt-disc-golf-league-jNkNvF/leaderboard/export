--- v0 (2025-10-24)
+++ v1 (2025-11-13)
@@ -1312,50 +1312,53 @@
         <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA1</v>
       </c>
       <c r="B11" t="str">
         <v>3</v>
       </c>
       <c r="C11">
         <v>3</v>
       </c>
       <c r="D11" t="str">
         <v>Cade Thibodeaux</v>
       </c>
       <c r="E11">
         <v>13</v>
       </c>
       <c r="F11">
         <v>67</v>
       </c>
+      <c r="G11">
+        <v>317678</v>
+      </c>
       <c r="H11" t="str">
         <v>clearwatercajun</v>
       </c>
       <c r="I11">
         <v>13</v>
       </c>
       <c r="J11">
         <v>67</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">