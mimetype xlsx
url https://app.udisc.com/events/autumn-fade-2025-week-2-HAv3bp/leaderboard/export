--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -1251,50 +1251,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v>Sorin Dinescu</v>
       </c>
       <c r="E10">
         <v>-2</v>
       </c>
       <c r="F10">
         <v>53</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
+      <c r="H10">
+        <v>318414</v>
+      </c>
       <c r="I10" t="str">
         <v>sorandi</v>
       </c>
       <c r="J10">
         <v>-2</v>
       </c>
       <c r="K10">
         <v>53</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">