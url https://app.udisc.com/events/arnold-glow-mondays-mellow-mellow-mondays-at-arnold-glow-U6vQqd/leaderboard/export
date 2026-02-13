--- v0 (2026-01-24)
+++ v1 (2026-02-13)
@@ -1772,50 +1772,53 @@
         <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>AM</v>
       </c>
       <c r="B16" t="str">
         <v>9</v>
       </c>
       <c r="C16">
         <v>9</v>
       </c>
       <c r="D16" t="str">
         <v>Shay Farrier</v>
       </c>
       <c r="E16">
         <v>13</v>
       </c>
       <c r="F16">
         <v>67</v>
       </c>
+      <c r="G16">
+        <v>311729</v>
+      </c>
       <c r="H16" t="str">
         <v>shayfarrier</v>
       </c>
       <c r="I16">
         <v>13</v>
       </c>
       <c r="J16">
         <v>67</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>5</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">