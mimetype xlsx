--- v0 (2026-01-24)
+++ v1 (2026-02-13)
@@ -2288,50 +2288,53 @@
         <v>3</v>
       </c>
       <c r="AB21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>AM</v>
       </c>
       <c r="B22" t="str">
         <v>13</v>
       </c>
       <c r="C22">
         <v>13</v>
       </c>
       <c r="D22" t="str">
         <v>Shay Farrier</v>
       </c>
       <c r="E22">
         <v>13</v>
       </c>
       <c r="F22">
         <v>67</v>
       </c>
+      <c r="G22">
+        <v>311729</v>
+      </c>
       <c r="H22" t="str">
         <v>shayfarrier</v>
       </c>
       <c r="I22">
         <v>13</v>
       </c>
       <c r="J22">
         <v>67</v>
       </c>
       <c r="K22">
         <v>4</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>5</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">