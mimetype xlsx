--- v0 (2025-12-23)
+++ v1 (2026-02-12)
@@ -605,51 +605,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E5">
         <v>-18</v>
       </c>
       <c r="F5">
         <v>414</v>
       </c>
       <c r="G5">
         <v>299041</v>
       </c>
       <c r="H5" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="I5">
         <v>-7</v>
       </c>
       <c r="J5">
         <v>-11</v>
       </c>
       <c r="K5">
         <v>209</v>
       </c>
       <c r="L5">
         <v>205</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
@@ -3290,51 +3290,51 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E10">
         <v>-7</v>
       </c>
       <c r="F10">
         <v>209</v>
       </c>
       <c r="G10">
         <v>299041</v>
       </c>
       <c r="H10" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="I10">
         <v>-7</v>
       </c>
       <c r="J10">
         <v>209</v>
       </c>
       <c r="K10">
         <v>6</v>
       </c>
       <c r="L10">
         <v>6</v>
       </c>
       <c r="M10">
         <v>6</v>
       </c>
       <c r="N10">
         <v>6</v>
       </c>
       <c r="O10">
         <v>6</v>
       </c>
       <c r="P10">
         <v>6</v>
       </c>
@@ -8490,51 +8490,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E5">
         <v>-18</v>
       </c>
       <c r="F5">
         <v>414</v>
       </c>
       <c r="G5">
         <v>299041</v>
       </c>
       <c r="H5" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="I5">
         <v>-11</v>
       </c>
       <c r="J5">
         <v>205</v>
       </c>
       <c r="K5">
         <v>6</v>
       </c>
       <c r="L5">
         <v>6</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>6</v>
       </c>
       <c r="O5">
         <v>1</v>
       </c>
       <c r="P5">
         <v>6</v>
       </c>