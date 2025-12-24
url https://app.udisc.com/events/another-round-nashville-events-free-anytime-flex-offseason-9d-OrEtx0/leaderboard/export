--- v0 (2025-12-03)
+++ v1 (2025-12-24)
@@ -548,215 +548,209 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_15A</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_15B</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Easton Young</v>
+        <v>Cooper Jameson</v>
       </c>
       <c r="E2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F2">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="I2" t="str">
-        <v>eastonyoung7</v>
+        <v>cjameson2634</v>
       </c>
       <c r="J2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K2">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>5</v>
       </c>
       <c r="O2">
+        <v>4</v>
+      </c>
+      <c r="P2">
+        <v>6</v>
+      </c>
+      <c r="Q2">
+        <v>4</v>
+      </c>
+      <c r="R2">
+        <v>4</v>
+      </c>
+      <c r="S2">
+        <v>3</v>
+      </c>
+      <c r="T2">
+        <v>4</v>
+      </c>
+      <c r="U2">
+        <v>6</v>
+      </c>
+      <c r="V2">
+        <v>4</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
         <v>5</v>
       </c>
-      <c r="P2">
-[...20 lines deleted...]
-      <c r="W2">
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
         <v>2</v>
       </c>
-      <c r="X2">
-[...7 lines deleted...]
-      </c>
       <c r="AC2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AE2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Cooper Jameson</v>
+        <v>Easton Young</v>
       </c>
       <c r="E3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F3">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">
-        <v>cjameson2634</v>
+        <v>eastonyoung7</v>
       </c>
       <c r="J3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K3">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>4</v>
       </c>
       <c r="N3">
         <v>5</v>
       </c>
       <c r="O3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
         <v>4</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>
       <c r="U3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE3">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AE3"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>