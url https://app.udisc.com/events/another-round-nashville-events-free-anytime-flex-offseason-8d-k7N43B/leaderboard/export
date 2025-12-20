--- v0 (2025-11-28)
+++ v1 (2025-12-20)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AE15"/>
+  <dimension ref="A1:AE16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -1658,238 +1658,330 @@
       </c>
       <c r="Y13">
         <v>2</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>2</v>
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
       <c r="AC13">
         <v>2</v>
       </c>
       <c r="AD13">
         <v>3</v>
       </c>
       <c r="AE13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>MA40</v>
+        <v>MA4</v>
       </c>
       <c r="B14" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D14" t="str">
-        <v>Jonathan Belch</v>
+        <v>Andy Burke</v>
       </c>
       <c r="E14">
-        <v>-13</v>
+        <v>5</v>
       </c>
       <c r="F14">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="I14" t="str">
-        <v>jbgp1umbing</v>
+        <v>sabrelight114</v>
       </c>
       <c r="J14">
-        <v>-13</v>
+        <v>5</v>
       </c>
       <c r="K14">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U14">
         <v>2</v>
       </c>
       <c r="V14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y14">
         <v>2</v>
       </c>
       <c r="Z14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
       <c r="AC14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD14">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AE14">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA40</v>
       </c>
       <c r="B15" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D15" t="str">
-        <v>stirling snow</v>
+        <v>Jonathan Belch</v>
       </c>
       <c r="E15">
-        <v>0</v>
+        <v>-13</v>
       </c>
       <c r="F15">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
-      <c r="H15">
+      <c r="I15" t="str">
+        <v>jbgp1umbing</v>
+      </c>
+      <c r="J15">
+        <v>-13</v>
+      </c>
+      <c r="K15">
+        <v>47</v>
+      </c>
+      <c r="L15">
+        <v>2</v>
+      </c>
+      <c r="M15">
+        <v>2</v>
+      </c>
+      <c r="N15">
+        <v>2</v>
+      </c>
+      <c r="O15">
+        <v>2</v>
+      </c>
+      <c r="P15">
+        <v>3</v>
+      </c>
+      <c r="Q15">
+        <v>3</v>
+      </c>
+      <c r="R15">
+        <v>2</v>
+      </c>
+      <c r="S15">
+        <v>4</v>
+      </c>
+      <c r="T15">
+        <v>2</v>
+      </c>
+      <c r="U15">
+        <v>2</v>
+      </c>
+      <c r="V15">
+        <v>2</v>
+      </c>
+      <c r="W15">
+        <v>3</v>
+      </c>
+      <c r="X15">
+        <v>2</v>
+      </c>
+      <c r="Y15">
+        <v>2</v>
+      </c>
+      <c r="Z15">
+        <v>2</v>
+      </c>
+      <c r="AA15">
+        <v>3</v>
+      </c>
+      <c r="AB15">
+        <v>3</v>
+      </c>
+      <c r="AC15">
+        <v>2</v>
+      </c>
+      <c r="AD15">
+        <v>2</v>
+      </c>
+      <c r="AE15">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v>MA40</v>
+      </c>
+      <c r="B16" t="str">
+        <v>2</v>
+      </c>
+      <c r="C16">
+        <v>2</v>
+      </c>
+      <c r="D16" t="str">
+        <v>stirling snow</v>
+      </c>
+      <c r="E16">
+        <v>0</v>
+      </c>
+      <c r="F16">
+        <v>60</v>
+      </c>
+      <c r="G16">
+        <v>1</v>
+      </c>
+      <c r="H16">
         <v>233573</v>
       </c>
-      <c r="I15" t="str">
+      <c r="I16" t="str">
         <v>mistirling</v>
       </c>
-      <c r="J15">
+      <c r="J16">
         <v>0</v>
       </c>
-      <c r="K15">
+      <c r="K16">
         <v>60</v>
       </c>
-      <c r="L15">
-[...56 lines deleted...]
-      <c r="AE15">
+      <c r="L16">
+        <v>3</v>
+      </c>
+      <c r="M16">
+        <v>3</v>
+      </c>
+      <c r="N16">
+        <v>4</v>
+      </c>
+      <c r="O16">
+        <v>3</v>
+      </c>
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>4</v>
+      </c>
+      <c r="R16">
+        <v>4</v>
+      </c>
+      <c r="S16">
+        <v>3</v>
+      </c>
+      <c r="T16">
+        <v>2</v>
+      </c>
+      <c r="U16">
+        <v>3</v>
+      </c>
+      <c r="V16">
+        <v>2</v>
+      </c>
+      <c r="W16">
+        <v>3</v>
+      </c>
+      <c r="X16">
+        <v>3</v>
+      </c>
+      <c r="Y16">
+        <v>2</v>
+      </c>
+      <c r="Z16">
+        <v>3</v>
+      </c>
+      <c r="AA16">
+        <v>2</v>
+      </c>
+      <c r="AB16">
+        <v>3</v>
+      </c>
+      <c r="AC16">
+        <v>3</v>
+      </c>
+      <c r="AD16">
+        <v>3</v>
+      </c>
+      <c r="AE16">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AE15"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AE16"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 