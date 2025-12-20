--- v0 (2025-11-28)
+++ v1 (2025-12-20)
@@ -806,153 +806,159 @@
         <v>3</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>4</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA2</v>
       </c>
+      <c r="B5" t="str">
+        <v>2</v>
+      </c>
+      <c r="C5">
+        <v>2</v>
+      </c>
       <c r="D5" t="str">
         <v>Lester Noble</v>
       </c>
       <c r="E5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F5">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I5" t="str">
         <v>noputforgranted</v>
       </c>
       <c r="J5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K5">
-        <v>0</v>
+        <v>57</v>
+      </c>
+      <c r="L5">
+        <v>4</v>
+      </c>
+      <c r="M5">
+        <v>4</v>
+      </c>
+      <c r="N5">
+        <v>2</v>
+      </c>
+      <c r="O5">
+        <v>5</v>
+      </c>
+      <c r="P5">
+        <v>2</v>
+      </c>
+      <c r="Q5">
+        <v>3</v>
+      </c>
+      <c r="R5">
+        <v>4</v>
+      </c>
+      <c r="S5">
+        <v>2</v>
+      </c>
+      <c r="T5">
+        <v>4</v>
+      </c>
+      <c r="U5">
+        <v>3</v>
+      </c>
+      <c r="V5">
+        <v>3</v>
+      </c>
+      <c r="W5">
+        <v>3</v>
+      </c>
+      <c r="X5">
+        <v>3</v>
+      </c>
+      <c r="Y5">
+        <v>4</v>
+      </c>
+      <c r="Z5">
+        <v>3</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
+        <v>2</v>
+      </c>
+      <c r="AC5">
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA2</v>
       </c>
       <c r="B6" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Lester Noble</v>
       </c>
       <c r="E6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F6">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I6" t="str">
         <v>noputforgranted</v>
       </c>
       <c r="J6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K6">
-        <v>57</v>
-[...53 lines deleted...]
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v>Kevin Warren</v>
       </c>
       <c r="E7">
         <v>-4</v>
       </c>
       <c r="F7">
         <v>52</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">