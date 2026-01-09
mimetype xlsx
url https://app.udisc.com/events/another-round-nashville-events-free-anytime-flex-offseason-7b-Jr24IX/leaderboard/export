--- v0 (2025-11-21)
+++ v1 (2026-01-09)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AC9"/>
+  <dimension ref="A1:AC17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -979,315 +979,913 @@
       </c>
       <c r="W6">
         <v>4</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>MA3</v>
+        <v>MA2</v>
       </c>
       <c r="B7" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Colin Santee</v>
+        <v>Jonathan Taylor</v>
       </c>
       <c r="E7">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F7">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
-        <v>254042</v>
+        <v>299041</v>
       </c>
       <c r="I7" t="str">
-        <v>cjsantee</v>
+        <v>homerun86</v>
       </c>
       <c r="J7">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="K7">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M7">
+        <v>6</v>
+      </c>
+      <c r="N7">
+        <v>2</v>
+      </c>
+      <c r="O7">
+        <v>2</v>
+      </c>
+      <c r="P7">
         <v>5</v>
       </c>
-      <c r="N7">
-[...7 lines deleted...]
-      </c>
       <c r="Q7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T7">
-        <v>2</v>
-[...26 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>GEN</v>
+        <v>MA2</v>
       </c>
       <c r="B8" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>Joseph Ruiz</v>
+        <v>Cody Miller</v>
       </c>
       <c r="E8">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F8">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
-      <c r="H8">
-[...1 lines deleted...]
-      </c>
       <c r="I8" t="str">
-        <v>awood002</v>
+        <v>nomichdg</v>
       </c>
       <c r="J8">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="K8">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
-        <v>3</v>
-[...25 lines deleted...]
-      <c r="AC8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B9" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Jadon Netschi</v>
+      </c>
+      <c r="E9">
+        <v>-1</v>
+      </c>
+      <c r="F9">
+        <v>29</v>
+      </c>
+      <c r="G9">
+        <v>1</v>
+      </c>
+      <c r="I9" t="str">
+        <v>jadonnetschi</v>
+      </c>
+      <c r="J9">
+        <v>-1</v>
+      </c>
+      <c r="K9">
+        <v>29</v>
+      </c>
+      <c r="L9">
+        <v>2</v>
+      </c>
+      <c r="M9">
+        <v>5</v>
+      </c>
+      <c r="N9">
+        <v>4</v>
+      </c>
+      <c r="O9">
+        <v>2</v>
+      </c>
+      <c r="P9">
+        <v>4</v>
+      </c>
+      <c r="Q9">
+        <v>4</v>
+      </c>
+      <c r="R9">
+        <v>3</v>
+      </c>
+      <c r="S9">
+        <v>2</v>
+      </c>
+      <c r="T9">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>MA3</v>
+      </c>
+      <c r="B10" t="str">
+        <v>1</v>
+      </c>
+      <c r="C10">
+        <v>1</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Colin Santee</v>
+      </c>
+      <c r="E10">
+        <v>-1</v>
+      </c>
+      <c r="F10">
+        <v>57</v>
+      </c>
+      <c r="G10">
+        <v>1</v>
+      </c>
+      <c r="H10">
+        <v>254042</v>
+      </c>
+      <c r="I10" t="str">
+        <v>cjsantee</v>
+      </c>
+      <c r="J10">
+        <v>-1</v>
+      </c>
+      <c r="K10">
+        <v>57</v>
+      </c>
+      <c r="L10">
+        <v>3</v>
+      </c>
+      <c r="M10">
+        <v>5</v>
+      </c>
+      <c r="N10">
+        <v>2</v>
+      </c>
+      <c r="O10">
+        <v>3</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>5</v>
+      </c>
+      <c r="R10">
+        <v>3</v>
+      </c>
+      <c r="S10">
+        <v>2</v>
+      </c>
+      <c r="T10">
+        <v>2</v>
+      </c>
+      <c r="U10">
+        <v>3</v>
+      </c>
+      <c r="V10">
+        <v>3</v>
+      </c>
+      <c r="W10">
+        <v>4</v>
+      </c>
+      <c r="X10">
+        <v>3</v>
+      </c>
+      <c r="Y10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
+        <v>3</v>
+      </c>
+      <c r="AA10">
+        <v>3</v>
+      </c>
+      <c r="AB10">
+        <v>3</v>
+      </c>
+      <c r="AC10">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>MA4</v>
+      </c>
+      <c r="B11" t="str">
+        <v>1</v>
+      </c>
+      <c r="C11">
+        <v>1</v>
+      </c>
+      <c r="D11" t="str">
+        <v>Logan Scarbrough</v>
+      </c>
+      <c r="E11">
+        <v>-5</v>
+      </c>
+      <c r="F11">
+        <v>53</v>
+      </c>
+      <c r="G11">
+        <v>1</v>
+      </c>
+      <c r="H11">
+        <v>306749</v>
+      </c>
+      <c r="I11" t="str">
+        <v>logans901</v>
+      </c>
+      <c r="J11">
+        <v>-5</v>
+      </c>
+      <c r="K11">
+        <v>53</v>
+      </c>
+      <c r="L11">
+        <v>3</v>
+      </c>
+      <c r="M11">
+        <v>4</v>
+      </c>
+      <c r="N11">
+        <v>4</v>
+      </c>
+      <c r="O11">
+        <v>3</v>
+      </c>
+      <c r="P11">
+        <v>4</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
+      <c r="T11">
+        <v>3</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
+        <v>3</v>
+      </c>
+      <c r="W11">
+        <v>2</v>
+      </c>
+      <c r="X11">
+        <v>2</v>
+      </c>
+      <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>2</v>
+      </c>
+      <c r="AA11">
+        <v>3</v>
+      </c>
+      <c r="AB11">
+        <v>2</v>
+      </c>
+      <c r="AC11">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>MA4</v>
+      </c>
+      <c r="B12" t="str">
+        <v>2</v>
+      </c>
+      <c r="C12">
+        <v>2</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Jake Sloan</v>
+      </c>
+      <c r="E12">
+        <v>-3</v>
+      </c>
+      <c r="F12">
+        <v>55</v>
+      </c>
+      <c r="G12">
+        <v>1</v>
+      </c>
+      <c r="I12" t="str">
+        <v>jaketsloan</v>
+      </c>
+      <c r="J12">
+        <v>-3</v>
+      </c>
+      <c r="K12">
+        <v>55</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>3</v>
+      </c>
+      <c r="N12">
+        <v>4</v>
+      </c>
+      <c r="O12">
+        <v>4</v>
+      </c>
+      <c r="P12">
+        <v>3</v>
+      </c>
+      <c r="Q12">
+        <v>2</v>
+      </c>
+      <c r="R12">
+        <v>2</v>
+      </c>
+      <c r="S12">
+        <v>2</v>
+      </c>
+      <c r="T12">
+        <v>3</v>
+      </c>
+      <c r="U12">
+        <v>3</v>
+      </c>
+      <c r="V12">
+        <v>4</v>
+      </c>
+      <c r="W12">
+        <v>2</v>
+      </c>
+      <c r="X12">
+        <v>3</v>
+      </c>
+      <c r="Y12">
+        <v>4</v>
+      </c>
+      <c r="Z12">
+        <v>4</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>3</v>
+      </c>
+      <c r="AC12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v>MA4</v>
+      </c>
+      <c r="B13" t="str">
+        <v>3</v>
+      </c>
+      <c r="C13">
+        <v>3</v>
+      </c>
+      <c r="D13" t="str">
+        <v>Matt Stooksbury</v>
+      </c>
+      <c r="E13">
+        <v>12</v>
+      </c>
+      <c r="F13">
+        <v>70</v>
+      </c>
+      <c r="G13">
+        <v>2</v>
+      </c>
+      <c r="I13" t="str">
+        <v>st00ks</v>
+      </c>
+      <c r="J13">
+        <v>12</v>
+      </c>
+      <c r="K13">
+        <v>70</v>
+      </c>
+      <c r="L13">
+        <v>2</v>
+      </c>
+      <c r="M13">
+        <v>7</v>
+      </c>
+      <c r="N13">
+        <v>2</v>
+      </c>
+      <c r="O13">
+        <v>3</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
+        <v>4</v>
+      </c>
+      <c r="R13">
+        <v>4</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
+      <c r="T13">
+        <v>4</v>
+      </c>
+      <c r="U13">
+        <v>4</v>
+      </c>
+      <c r="V13">
+        <v>5</v>
+      </c>
+      <c r="W13">
+        <v>4</v>
+      </c>
+      <c r="X13">
+        <v>3</v>
+      </c>
+      <c r="Y13">
+        <v>4</v>
+      </c>
+      <c r="Z13">
+        <v>5</v>
+      </c>
+      <c r="AA13">
+        <v>3</v>
+      </c>
+      <c r="AB13">
+        <v>5</v>
+      </c>
+      <c r="AC13">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v>MA4</v>
+      </c>
+      <c r="B14" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D14" t="str">
+        <v>Jake Sloan</v>
+      </c>
+      <c r="E14">
+        <v>2</v>
+      </c>
+      <c r="F14">
+        <v>60</v>
+      </c>
+      <c r="G14">
+        <v>2</v>
+      </c>
+      <c r="I14" t="str">
+        <v>jaketsloan</v>
+      </c>
+      <c r="J14">
+        <v>2</v>
+      </c>
+      <c r="K14">
+        <v>60</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>5</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>4</v>
+      </c>
+      <c r="R14">
+        <v>2</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>3</v>
+      </c>
+      <c r="U14">
+        <v>4</v>
+      </c>
+      <c r="V14">
+        <v>5</v>
+      </c>
+      <c r="W14">
+        <v>2</v>
+      </c>
+      <c r="X14">
+        <v>3</v>
+      </c>
+      <c r="Y14">
+        <v>4</v>
+      </c>
+      <c r="Z14">
+        <v>4</v>
+      </c>
+      <c r="AA14">
+        <v>2</v>
+      </c>
+      <c r="AB14">
+        <v>3</v>
+      </c>
+      <c r="AC14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v>MA4</v>
+      </c>
+      <c r="B15" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D15" t="str">
+        <v>Matt Stooksbury</v>
+      </c>
+      <c r="E15">
+        <v>17</v>
+      </c>
+      <c r="F15">
+        <v>75</v>
+      </c>
+      <c r="G15">
+        <v>1</v>
+      </c>
+      <c r="I15" t="str">
+        <v>st00ks</v>
+      </c>
+      <c r="J15">
+        <v>17</v>
+      </c>
+      <c r="K15">
+        <v>75</v>
+      </c>
+      <c r="L15">
+        <v>5</v>
+      </c>
+      <c r="M15">
+        <v>6</v>
+      </c>
+      <c r="N15">
+        <v>5</v>
+      </c>
+      <c r="O15">
+        <v>4</v>
+      </c>
+      <c r="P15">
+        <v>4</v>
+      </c>
+      <c r="Q15">
+        <v>4</v>
+      </c>
+      <c r="R15">
+        <v>3</v>
+      </c>
+      <c r="S15">
+        <v>3</v>
+      </c>
+      <c r="T15">
+        <v>4</v>
+      </c>
+      <c r="U15">
+        <v>5</v>
+      </c>
+      <c r="V15">
+        <v>5</v>
+      </c>
+      <c r="W15">
+        <v>5</v>
+      </c>
+      <c r="X15">
+        <v>3</v>
+      </c>
+      <c r="Y15">
+        <v>2</v>
+      </c>
+      <c r="Z15">
+        <v>4</v>
+      </c>
+      <c r="AA15">
+        <v>4</v>
+      </c>
+      <c r="AB15">
+        <v>4</v>
+      </c>
+      <c r="AC15">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
         <v>GEN</v>
       </c>
-      <c r="B9" t="str">
+      <c r="B16" t="str">
         <v>T1</v>
       </c>
-      <c r="C9">
-[...2 lines deleted...]
-      <c r="D9" t="str">
+      <c r="C16">
+        <v>1</v>
+      </c>
+      <c r="D16" t="str">
+        <v>Joseph Ruiz</v>
+      </c>
+      <c r="E16">
+        <v>-3</v>
+      </c>
+      <c r="F16">
+        <v>55</v>
+      </c>
+      <c r="G16">
+        <v>1</v>
+      </c>
+      <c r="H16">
+        <v>88873</v>
+      </c>
+      <c r="I16" t="str">
+        <v>awood002</v>
+      </c>
+      <c r="J16">
+        <v>-3</v>
+      </c>
+      <c r="K16">
+        <v>55</v>
+      </c>
+      <c r="L16">
+        <v>3</v>
+      </c>
+      <c r="M16">
+        <v>3</v>
+      </c>
+      <c r="N16">
+        <v>3</v>
+      </c>
+      <c r="O16">
+        <v>3</v>
+      </c>
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>3</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>3</v>
+      </c>
+      <c r="T16">
+        <v>3</v>
+      </c>
+      <c r="U16">
+        <v>3</v>
+      </c>
+      <c r="V16">
+        <v>3</v>
+      </c>
+      <c r="W16">
+        <v>3</v>
+      </c>
+      <c r="X16">
+        <v>3</v>
+      </c>
+      <c r="Y16">
+        <v>3</v>
+      </c>
+      <c r="Z16">
+        <v>3</v>
+      </c>
+      <c r="AA16">
+        <v>3</v>
+      </c>
+      <c r="AB16">
+        <v>3</v>
+      </c>
+      <c r="AC16">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B17" t="str">
+        <v>T1</v>
+      </c>
+      <c r="C17">
+        <v>1</v>
+      </c>
+      <c r="D17" t="str">
         <v>Aaron Ruiz</v>
       </c>
-      <c r="E9">
+      <c r="E17">
         <v>-3</v>
       </c>
-      <c r="F9">
+      <c r="F17">
         <v>55</v>
       </c>
-      <c r="G9">
-[...2 lines deleted...]
-      <c r="I9" t="str">
+      <c r="G17">
+        <v>1</v>
+      </c>
+      <c r="I17" t="str">
         <v>aaronruiz</v>
       </c>
-      <c r="J9">
+      <c r="J17">
         <v>-3</v>
       </c>
-      <c r="K9">
+      <c r="K17">
         <v>55</v>
       </c>
-      <c r="L9">
-[...50 lines deleted...]
-      <c r="AC9">
+      <c r="L17">
+        <v>3</v>
+      </c>
+      <c r="M17">
+        <v>3</v>
+      </c>
+      <c r="N17">
+        <v>3</v>
+      </c>
+      <c r="O17">
+        <v>3</v>
+      </c>
+      <c r="P17">
+        <v>3</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>3</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>3</v>
+      </c>
+      <c r="U17">
+        <v>3</v>
+      </c>
+      <c r="V17">
+        <v>3</v>
+      </c>
+      <c r="W17">
+        <v>3</v>
+      </c>
+      <c r="X17">
+        <v>3</v>
+      </c>
+      <c r="Y17">
+        <v>3</v>
+      </c>
+      <c r="Z17">
+        <v>3</v>
+      </c>
+      <c r="AA17">
+        <v>3</v>
+      </c>
+      <c r="AB17">
+        <v>3</v>
+      </c>
+      <c r="AC17">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AC9"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC17"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 