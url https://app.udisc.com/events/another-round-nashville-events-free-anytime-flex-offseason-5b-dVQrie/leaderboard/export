--- v0 (2025-11-09)
+++ v1 (2026-02-12)
@@ -1327,50 +1327,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA4</v>
       </c>
       <c r="B12" t="str">
         <v>1</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="str">
         <v>William kean</v>
       </c>
       <c r="E12">
         <v>-5</v>
       </c>
       <c r="F12">
         <v>53</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
+      <c r="H12">
+        <v>320956</v>
+      </c>
       <c r="I12" t="str">
         <v>wkean78</v>
       </c>
       <c r="J12">
         <v>-5</v>
       </c>
       <c r="K12">
         <v>53</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">