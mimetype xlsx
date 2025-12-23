--- v0 (2025-10-19)
+++ v1 (2025-12-23)
@@ -1333,327 +1333,321 @@
       </c>
       <c r="AC9">
         <v>4</v>
       </c>
       <c r="AD9">
         <v>3</v>
       </c>
       <c r="AE9">
         <v>2</v>
       </c>
       <c r="AF9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA2</v>
       </c>
       <c r="B10" t="str">
         <v>3</v>
       </c>
       <c r="C10">
         <v>3</v>
       </c>
       <c r="D10" t="str">
-        <v>Andrew Kaiser</v>
+        <v>Baron Worsham</v>
       </c>
       <c r="E10">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="F10">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">
-        <v>152710</v>
+        <v>170368</v>
       </c>
       <c r="I10" t="str">
-        <v>kaiskais</v>
+        <v>baronworsham</v>
       </c>
       <c r="J10">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="K10">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="Q10">
+        <v>3</v>
+      </c>
+      <c r="R10">
+        <v>3</v>
+      </c>
+      <c r="S10">
+        <v>4</v>
+      </c>
+      <c r="T10">
+        <v>5</v>
+      </c>
+      <c r="U10">
+        <v>3</v>
+      </c>
+      <c r="V10">
+        <v>3</v>
+      </c>
+      <c r="W10">
+        <v>4</v>
+      </c>
+      <c r="X10">
+        <v>3</v>
+      </c>
+      <c r="Y10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
+        <v>2</v>
+      </c>
+      <c r="AA10">
+        <v>3</v>
+      </c>
+      <c r="AB10">
+        <v>3</v>
+      </c>
+      <c r="AC10">
+        <v>2</v>
+      </c>
+      <c r="AD10">
+        <v>3</v>
+      </c>
+      <c r="AE10">
+        <v>2</v>
+      </c>
+      <c r="AF10">
+        <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA2</v>
       </c>
       <c r="B11" t="str">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D11" t="str">
-        <v>Baron Worsham</v>
+        <v>Andrew Kaiser</v>
       </c>
       <c r="E11">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="F11">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
-        <v>170368</v>
+        <v>152710</v>
       </c>
       <c r="I11" t="str">
-        <v>baronworsham</v>
+        <v>kaiskais</v>
       </c>
       <c r="J11">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="K11">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
-        <v>4</v>
-[...47 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA3</v>
       </c>
       <c r="B12" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="str">
-        <v>Colton Hawkins</v>
+        <v>TaijiBrian</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="I12" t="str">
-        <v>colt22</v>
+        <v>taijibrian</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
       <c r="K12">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
+        <v>3</v>
+      </c>
+      <c r="Q12">
+        <v>3</v>
+      </c>
+      <c r="R12">
+        <v>3</v>
+      </c>
+      <c r="S12">
+        <v>3</v>
+      </c>
+      <c r="T12">
         <v>5</v>
+      </c>
+      <c r="U12">
+        <v>2</v>
+      </c>
+      <c r="V12">
+        <v>3</v>
+      </c>
+      <c r="W12">
+        <v>2</v>
+      </c>
+      <c r="X12">
+        <v>3</v>
+      </c>
+      <c r="Y12">
+        <v>3</v>
+      </c>
+      <c r="Z12">
+        <v>3</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>4</v>
+      </c>
+      <c r="AC12">
+        <v>3</v>
+      </c>
+      <c r="AD12">
+        <v>3</v>
+      </c>
+      <c r="AE12">
+        <v>4</v>
+      </c>
+      <c r="AF12">
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA3</v>
       </c>
       <c r="B13" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
-        <v>TaijiBrian</v>
+        <v>Colton Hawkins</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="I13" t="str">
-        <v>taijibrian</v>
+        <v>colt22</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
       <c r="K13">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="L13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
-        <v>3</v>
-[...10 lines deleted...]
-      <c r="T13">
         <v>5</v>
-      </c>
-[...34 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA4</v>
       </c>
       <c r="B14" t="str">
         <v>1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
         <v>Ben Yoder</v>
       </c>
       <c r="E14">
         <v>7</v>
       </c>
       <c r="F14">
         <v>72</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14">
@@ -2190,377 +2184,374 @@
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
       <c r="AC19">
         <v>2</v>
       </c>
       <c r="AD19">
         <v>3</v>
       </c>
       <c r="AE19">
         <v>3</v>
       </c>
       <c r="AF19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>CASUAL</v>
       </c>
       <c r="B20" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C20">
         <v>2</v>
       </c>
       <c r="D20" t="str">
-        <v>William kean</v>
+        <v>Carter Holmes</v>
       </c>
       <c r="E20">
         <v>3</v>
       </c>
       <c r="F20">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="G20">
         <v>1</v>
       </c>
       <c r="I20" t="str">
-        <v>wkean78</v>
+        <v>carthomie18</v>
       </c>
       <c r="J20">
         <v>3</v>
       </c>
       <c r="K20">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="L20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M20">
+        <v>3</v>
+      </c>
+      <c r="N20">
+        <v>3</v>
+      </c>
+      <c r="O20">
+        <v>3</v>
+      </c>
+      <c r="P20">
         <v>5</v>
       </c>
-      <c r="N20">
-[...7 lines deleted...]
-      </c>
       <c r="Q20">
+        <v>3</v>
+      </c>
+      <c r="R20">
+        <v>5</v>
+      </c>
+      <c r="S20">
+        <v>2</v>
+      </c>
+      <c r="T20">
+        <v>4</v>
+      </c>
+      <c r="U20">
+        <v>4</v>
+      </c>
+      <c r="V20">
+        <v>3</v>
+      </c>
+      <c r="W20">
+        <v>2</v>
+      </c>
+      <c r="X20">
+        <v>3</v>
+      </c>
+      <c r="Y20">
+        <v>3</v>
+      </c>
+      <c r="Z20">
+        <v>3</v>
+      </c>
+      <c r="AA20">
+        <v>2</v>
+      </c>
+      <c r="AB20">
+        <v>3</v>
+      </c>
+      <c r="AC20">
+        <v>3</v>
+      </c>
+      <c r="AD20">
+        <v>3</v>
+      </c>
+      <c r="AE20">
+        <v>4</v>
+      </c>
+      <c r="AF20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>CASUAL</v>
       </c>
       <c r="B21" t="str">
-        <v>T2</v>
+        <v>3</v>
       </c>
       <c r="C21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D21" t="str">
-        <v>Carter Holmes</v>
+        <v xml:space="preserve">Jacob Raab </v>
       </c>
       <c r="E21">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F21">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="I21" t="str">
-        <v>carthomie18</v>
+        <v>alpenblow</v>
       </c>
       <c r="J21">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K21">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T21">
         <v>4</v>
       </c>
       <c r="U21">
         <v>4</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC21">
         <v>3</v>
       </c>
       <c r="AD21">
         <v>3</v>
       </c>
       <c r="AE21">
         <v>4</v>
       </c>
       <c r="AF21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>CASUAL</v>
       </c>
       <c r="B22" t="str">
         <v>4</v>
       </c>
       <c r="C22">
         <v>4</v>
       </c>
       <c r="D22" t="str">
-        <v xml:space="preserve">Jacob Raab </v>
+        <v>Jon Copciac</v>
       </c>
       <c r="E22">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F22">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="I22" t="str">
-        <v>alpenblow</v>
+        <v>joncop</v>
       </c>
       <c r="J22">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K22">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T22">
         <v>4</v>
       </c>
       <c r="U22">
         <v>4</v>
       </c>
       <c r="V22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y22">
         <v>3</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
       <c r="AC22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE22">
         <v>4</v>
       </c>
       <c r="AF22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>CASUAL</v>
       </c>
       <c r="B23" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D23" t="str">
+        <v>William kean</v>
+      </c>
+      <c r="E23">
+        <v>3</v>
+      </c>
+      <c r="F23">
+        <v>22</v>
+      </c>
+      <c r="G23">
+        <v>1</v>
+      </c>
+      <c r="I23" t="str">
+        <v>wkean78</v>
+      </c>
+      <c r="J23">
+        <v>3</v>
+      </c>
+      <c r="K23">
+        <v>22</v>
+      </c>
+      <c r="L23">
+        <v>4</v>
+      </c>
+      <c r="M23">
         <v>5</v>
       </c>
-      <c r="C23">
-[...28 lines deleted...]
-      </c>
       <c r="N23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q23">
-        <v>4</v>
-[...43 lines deleted...]
-      <c r="AF23">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>CASUAL</v>
       </c>
       <c r="B24" t="str">
         <v>DUP</v>
       </c>
       <c r="D24" t="str">
         <v>Zach Cardenas</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
         <v>65</v>
       </c>
       <c r="G24">
         <v>1</v>
       </c>
       <c r="I24" t="str">
         <v>nostresschess</v>
       </c>