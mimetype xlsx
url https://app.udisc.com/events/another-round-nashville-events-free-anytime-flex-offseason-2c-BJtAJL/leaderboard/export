--- v1 (2025-12-23)
+++ v2 (2026-02-13)
@@ -2483,50 +2483,53 @@
         <v>4</v>
       </c>
       <c r="AF22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>CASUAL</v>
       </c>
       <c r="B23" t="str">
         <v>DNF</v>
       </c>
       <c r="D23" t="str">
         <v>William kean</v>
       </c>
       <c r="E23">
         <v>3</v>
       </c>
       <c r="F23">
         <v>22</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
+      <c r="H23">
+        <v>320956</v>
+      </c>
       <c r="I23" t="str">
         <v>wkean78</v>
       </c>
       <c r="J23">
         <v>3</v>
       </c>
       <c r="K23">
         <v>22</v>
       </c>
       <c r="L23">
         <v>4</v>
       </c>
       <c r="M23">
         <v>5</v>
       </c>
       <c r="N23">
         <v>4</v>
       </c>
       <c r="O23">
         <v>2</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">