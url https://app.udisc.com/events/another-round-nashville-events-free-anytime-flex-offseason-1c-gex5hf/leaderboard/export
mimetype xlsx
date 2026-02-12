--- v0 (2025-10-19)
+++ v1 (2026-02-12)
@@ -1082,50 +1082,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>CASUAL</v>
       </c>
       <c r="B8" t="str">
         <v>1</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="str">
         <v>William kean</v>
       </c>
       <c r="E8">
         <v>4</v>
       </c>
       <c r="F8">
         <v>56</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
+      <c r="H8">
+        <v>320956</v>
+      </c>
       <c r="I8" t="str">
         <v>wkean78</v>
       </c>
       <c r="J8">
         <v>4</v>
       </c>
       <c r="K8">
         <v>56</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">