--- v0 (2025-10-19)
+++ v1 (2026-01-13)
@@ -646,50 +646,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA3</v>
       </c>
       <c r="B3" t="str">
         <v>1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Chris DeRojas</v>
       </c>
       <c r="E3">
         <v>-5</v>
       </c>
       <c r="F3">
         <v>53</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
+      <c r="H3">
+        <v>319389</v>
+      </c>
       <c r="I3" t="str">
         <v>therealshinobi</v>
       </c>
       <c r="J3">
         <v>-5</v>
       </c>
       <c r="K3">
         <v>53</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>5</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
@@ -817,50 +820,53 @@
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
         <v>DUP</v>
       </c>
       <c r="D5" t="str">
         <v>Chris DeRojas</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>58</v>
       </c>
       <c r="G5">
         <v>1</v>
+      </c>
+      <c r="H5">
+        <v>319389</v>
       </c>
       <c r="I5" t="str">
         <v>therealshinobi</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>58</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>5</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>