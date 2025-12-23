--- v0 (2025-10-20)
+++ v1 (2025-12-23)
@@ -1147,50 +1147,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA3</v>
       </c>
       <c r="B9" t="str">
         <v>1</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="str">
         <v>Logan Scarbrough</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
         <v>65</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
+      <c r="H9">
+        <v>306749</v>
+      </c>
       <c r="I9" t="str">
         <v>logans901</v>
       </c>
       <c r="J9">
         <v>5</v>
       </c>
       <c r="K9">
         <v>65</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>6</v>
       </c>
       <c r="N9">
         <v>5</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">