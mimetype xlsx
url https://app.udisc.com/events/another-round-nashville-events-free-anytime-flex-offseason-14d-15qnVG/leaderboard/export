--- v0 (2026-01-10)
+++ v1 (2026-02-12)
@@ -938,51 +938,51 @@
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>4</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
       <c r="AF5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
       <c r="B6" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Tyler Caudill</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>4</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="I6" t="str">
         <v>theglitch</v>
       </c>
       <c r="J6">
         <v>1</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>