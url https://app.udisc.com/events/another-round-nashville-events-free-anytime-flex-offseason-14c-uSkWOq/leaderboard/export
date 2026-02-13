--- v0 (2026-01-10)
+++ v1 (2026-02-13)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AC12"/>
+  <dimension ref="A1:AC11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -1320,166 +1320,140 @@
       </c>
       <c r="W10">
         <v>4</v>
       </c>
       <c r="X10">
         <v>4</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
       <c r="AC10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>MA4</v>
+        <v>MA40</v>
+      </c>
+      <c r="B11" t="str">
+        <v>1</v>
+      </c>
+      <c r="C11">
+        <v>1</v>
       </c>
       <c r="D11" t="str">
-        <v xml:space="preserve">Sal </v>
+        <v>stirling snow</v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>-7</v>
       </c>
       <c r="F11">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>233573</v>
+      </c>
       <c r="I11" t="str">
-        <v>alan81</v>
+        <v>mistirling</v>
       </c>
       <c r="J11">
-        <v>0</v>
+        <v>-7</v>
       </c>
       <c r="K11">
-        <v>0</v>
-[...18 lines deleted...]
-      <c r="F12">
         <v>48</v>
       </c>
-      <c r="G12">
-[...65 lines deleted...]
-      <c r="AC12">
+      <c r="L11">
+        <v>3</v>
+      </c>
+      <c r="M11">
+        <v>2</v>
+      </c>
+      <c r="N11">
+        <v>3</v>
+      </c>
+      <c r="O11">
+        <v>3</v>
+      </c>
+      <c r="P11">
+        <v>2</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>2</v>
+      </c>
+      <c r="T11">
+        <v>3</v>
+      </c>
+      <c r="U11">
+        <v>2</v>
+      </c>
+      <c r="V11">
+        <v>2</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>2</v>
+      </c>
+      <c r="AA11">
+        <v>3</v>
+      </c>
+      <c r="AB11">
+        <v>3</v>
+      </c>
+      <c r="AC11">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AC12"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC11"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 