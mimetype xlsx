--- v0 (2025-12-12)
+++ v1 (2026-01-09)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AF23"/>
+  <dimension ref="A1:AF27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="8.83203125" customWidth="1"/>
     <col min="19" max="19" width="8.83203125" customWidth="1"/>
     <col min="20" max="20" width="8.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -1621,1102 +1621,1485 @@
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
         <v>2</v>
       </c>
       <c r="AE12">
         <v>3</v>
       </c>
       <c r="AF12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA2</v>
       </c>
       <c r="B13" t="str">
         <v>5</v>
       </c>
       <c r="C13">
         <v>5</v>
       </c>
       <c r="D13" t="str">
-        <v>Aaron Szczerba</v>
+        <v xml:space="preserve">Landon McCallister </v>
       </c>
       <c r="E13">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F13">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
-      <c r="H13">
-[...1 lines deleted...]
-      </c>
       <c r="I13" t="str">
-        <v>aaronszczerba</v>
+        <v>outlet</v>
       </c>
       <c r="J13">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="K13">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>2</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
       <c r="AD13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE13">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AF13">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA2</v>
       </c>
       <c r="B14" t="str">
         <v>6</v>
       </c>
       <c r="C14">
         <v>6</v>
       </c>
       <c r="D14" t="str">
-        <v>Paul Los</v>
+        <v>Aaron Szczerba</v>
       </c>
       <c r="E14">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F14">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14">
-        <v>237697</v>
+        <v>247401</v>
       </c>
       <c r="I14" t="str">
-        <v>plos21</v>
+        <v>aaronszczerba</v>
       </c>
       <c r="J14">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K14">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>4</v>
       </c>
       <c r="U14">
         <v>2</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
+        <v>3</v>
+      </c>
+      <c r="Y14">
+        <v>2</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
+        <v>4</v>
+      </c>
+      <c r="AC14">
+        <v>3</v>
+      </c>
+      <c r="AD14">
+        <v>2</v>
+      </c>
+      <c r="AE14">
         <v>5</v>
-      </c>
-[...19 lines deleted...]
-        <v>3</v>
       </c>
       <c r="AF14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA2</v>
       </c>
       <c r="B15" t="str">
-        <v>DUP</v>
+        <v>7</v>
+      </c>
+      <c r="C15">
+        <v>7</v>
       </c>
       <c r="D15" t="str">
-        <v>Jeremy Brown</v>
+        <v>Paul Los</v>
       </c>
       <c r="E15">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F15">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15">
-        <v>194221</v>
+        <v>237697</v>
       </c>
       <c r="I15" t="str">
-        <v>jb0341</v>
+        <v>plos21</v>
       </c>
       <c r="J15">
+        <v>1</v>
+      </c>
+      <c r="K15">
+        <v>64</v>
+      </c>
+      <c r="L15">
+        <v>4</v>
+      </c>
+      <c r="M15">
+        <v>3</v>
+      </c>
+      <c r="N15">
+        <v>3</v>
+      </c>
+      <c r="O15">
+        <v>2</v>
+      </c>
+      <c r="P15">
+        <v>3</v>
+      </c>
+      <c r="Q15">
+        <v>3</v>
+      </c>
+      <c r="R15">
+        <v>4</v>
+      </c>
+      <c r="S15">
+        <v>3</v>
+      </c>
+      <c r="T15">
+        <v>4</v>
+      </c>
+      <c r="U15">
+        <v>2</v>
+      </c>
+      <c r="V15">
+        <v>3</v>
+      </c>
+      <c r="W15">
+        <v>3</v>
+      </c>
+      <c r="X15">
         <v>5</v>
       </c>
-      <c r="K15">
-[...40 lines deleted...]
-      </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC15">
         <v>4</v>
       </c>
       <c r="AD15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF15">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>MA3</v>
+        <v>MA2</v>
       </c>
       <c r="B16" t="str">
-        <v>T1</v>
-[...1 lines deleted...]
-      <c r="C16">
+        <v>DUP</v>
+      </c>
+      <c r="D16" t="str">
+        <v>Jeremy Brown</v>
+      </c>
+      <c r="E16">
+        <v>5</v>
+      </c>
+      <c r="F16">
+        <v>68</v>
+      </c>
+      <c r="G16">
         <v>1</v>
       </c>
-      <c r="D16" t="str">
-[...10 lines deleted...]
-      </c>
       <c r="H16">
-        <v>154426</v>
+        <v>194221</v>
       </c>
       <c r="I16" t="str">
-        <v>bertthirsty</v>
+        <v>jb0341</v>
       </c>
       <c r="J16">
-        <v>-1</v>
+        <v>5</v>
       </c>
       <c r="K16">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>4</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P16">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U16">
         <v>2</v>
       </c>
       <c r="V16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC16">
         <v>4</v>
       </c>
       <c r="AD16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE16">
         <v>2</v>
       </c>
       <c r="AF16">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA3</v>
       </c>
       <c r="B17" t="str">
         <v>T1</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17" t="str">
-        <v>Tanner Larson</v>
+        <v>Bert Thirsty</v>
       </c>
       <c r="E17">
         <v>-1</v>
       </c>
       <c r="F17">
         <v>62</v>
       </c>
       <c r="G17">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H17">
+        <v>154426</v>
       </c>
       <c r="I17" t="str">
-        <v>tannerlarson34</v>
+        <v>bertthirsty</v>
       </c>
       <c r="J17">
         <v>-1</v>
       </c>
       <c r="K17">
         <v>62</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O17">
         <v>2</v>
       </c>
       <c r="P17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U17">
         <v>2</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC17">
         <v>4</v>
       </c>
       <c r="AD17">
         <v>3</v>
       </c>
       <c r="AE17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
-        <v>DUP</v>
+        <v>T1</v>
+      </c>
+      <c r="C18">
+        <v>1</v>
       </c>
       <c r="D18" t="str">
-        <v>Bert Thirsty</v>
+        <v>Tanner Larson</v>
       </c>
       <c r="E18">
         <v>-1</v>
       </c>
       <c r="F18">
         <v>62</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
-      <c r="H18">
-[...1 lines deleted...]
-      </c>
       <c r="I18" t="str">
-        <v>bertthirsty</v>
+        <v>tannerlarson34</v>
       </c>
       <c r="J18">
         <v>-1</v>
       </c>
       <c r="K18">
         <v>62</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
         <v>2</v>
       </c>
       <c r="V18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD18">
         <v>3</v>
       </c>
       <c r="AE18">
         <v>3</v>
       </c>
       <c r="AF18">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>MA4</v>
+        <v>MA3</v>
       </c>
       <c r="B19" t="str">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C19">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D19" t="str">
-        <v>Kyle machado</v>
+        <v>Nathaniel Crick</v>
       </c>
       <c r="E19">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F19">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
+      <c r="H19">
+        <v>267844</v>
+      </c>
       <c r="I19" t="str">
-        <v>harlequinn</v>
+        <v>nastybasket</v>
       </c>
       <c r="J19">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K19">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X19">
         <v>4</v>
       </c>
       <c r="Y19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>4</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD19">
         <v>3</v>
       </c>
       <c r="AE19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF19">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>MA4</v>
+        <v>MA3</v>
       </c>
       <c r="B20" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DUP</v>
       </c>
       <c r="D20" t="str">
-        <v>Ben Yoder</v>
+        <v>Bert Thirsty</v>
       </c>
       <c r="E20">
-        <v>4</v>
+        <v>-1</v>
       </c>
       <c r="F20">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="G20">
         <v>1</v>
       </c>
       <c r="H20">
-        <v>309489</v>
+        <v>154426</v>
       </c>
       <c r="I20" t="str">
-        <v>benyoder90</v>
+        <v>bertthirsty</v>
       </c>
       <c r="J20">
-        <v>4</v>
+        <v>-1</v>
       </c>
       <c r="K20">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD20">
         <v>3</v>
       </c>
       <c r="AE20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF20">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA4</v>
       </c>
       <c r="B21" t="str">
-        <v>T3</v>
+        <v>1</v>
       </c>
       <c r="C21">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D21" t="str">
-        <v>Alex Hudson</v>
+        <v>Kyle machado</v>
       </c>
       <c r="E21">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F21">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="I21" t="str">
-        <v>politeconch5</v>
+        <v>harlequinn</v>
       </c>
       <c r="J21">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K21">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S21">
         <v>2</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
         <v>4</v>
       </c>
       <c r="W21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC21">
         <v>3</v>
       </c>
       <c r="AD21">
         <v>3</v>
       </c>
       <c r="AE21">
         <v>3</v>
       </c>
       <c r="AF21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA4</v>
       </c>
       <c r="B22" t="str">
-        <v>T3</v>
+        <v>2</v>
       </c>
       <c r="C22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D22" t="str">
-        <v>Jordan Casey</v>
+        <v>Matt Roland</v>
       </c>
       <c r="E22">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F22">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
+      <c r="H22">
+        <v>219658</v>
+      </c>
       <c r="I22" t="str">
-        <v>jordan7990</v>
+        <v>fishingsn0wb3ar</v>
       </c>
       <c r="J22">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="K22">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N22">
         <v>4</v>
       </c>
       <c r="O22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
       <c r="U22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y22">
         <v>3</v>
       </c>
       <c r="Z22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AC22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF22">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v>MA50</v>
+        <v>MA4</v>
       </c>
       <c r="B23" t="str">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D23" t="str">
-        <v>Ramon Urenia</v>
+        <v>Ben Yoder</v>
       </c>
       <c r="E23">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F23">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
       <c r="H23">
-        <v>279088</v>
+        <v>309489</v>
       </c>
       <c r="I23" t="str">
-        <v>ramonurenia</v>
+        <v>benyoder90</v>
       </c>
       <c r="J23">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="K23">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>4</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R23">
         <v>5</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB23">
+        <v>3</v>
+      </c>
+      <c r="AC23">
+        <v>4</v>
+      </c>
+      <c r="AD23">
+        <v>3</v>
+      </c>
+      <c r="AE23">
+        <v>2</v>
+      </c>
+      <c r="AF23">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v>MA4</v>
+      </c>
+      <c r="B24" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C24">
+        <v>4</v>
+      </c>
+      <c r="D24" t="str">
+        <v>Alex Hudson</v>
+      </c>
+      <c r="E24">
+        <v>7</v>
+      </c>
+      <c r="F24">
+        <v>70</v>
+      </c>
+      <c r="G24">
+        <v>1</v>
+      </c>
+      <c r="I24" t="str">
+        <v>politeconch5</v>
+      </c>
+      <c r="J24">
+        <v>7</v>
+      </c>
+      <c r="K24">
+        <v>70</v>
+      </c>
+      <c r="L24">
+        <v>3</v>
+      </c>
+      <c r="M24">
+        <v>3</v>
+      </c>
+      <c r="N24">
+        <v>3</v>
+      </c>
+      <c r="O24">
+        <v>2</v>
+      </c>
+      <c r="P24">
+        <v>4</v>
+      </c>
+      <c r="Q24">
+        <v>4</v>
+      </c>
+      <c r="R24">
         <v>5</v>
       </c>
-      <c r="AC23">
+      <c r="S24">
+        <v>2</v>
+      </c>
+      <c r="T24">
+        <v>3</v>
+      </c>
+      <c r="U24">
+        <v>3</v>
+      </c>
+      <c r="V24">
+        <v>4</v>
+      </c>
+      <c r="W24">
+        <v>2</v>
+      </c>
+      <c r="X24">
         <v>5</v>
       </c>
-      <c r="AD23">
-[...5 lines deleted...]
-      <c r="AF23">
+      <c r="Y24">
+        <v>3</v>
+      </c>
+      <c r="Z24">
+        <v>3</v>
+      </c>
+      <c r="AA24">
+        <v>3</v>
+      </c>
+      <c r="AB24">
+        <v>5</v>
+      </c>
+      <c r="AC24">
+        <v>3</v>
+      </c>
+      <c r="AD24">
+        <v>3</v>
+      </c>
+      <c r="AE24">
+        <v>3</v>
+      </c>
+      <c r="AF24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>MA4</v>
+      </c>
+      <c r="B25" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C25">
+        <v>4</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Jordan Casey</v>
+      </c>
+      <c r="E25">
+        <v>7</v>
+      </c>
+      <c r="F25">
+        <v>70</v>
+      </c>
+      <c r="G25">
+        <v>1</v>
+      </c>
+      <c r="I25" t="str">
+        <v>jordan7990</v>
+      </c>
+      <c r="J25">
+        <v>7</v>
+      </c>
+      <c r="K25">
+        <v>70</v>
+      </c>
+      <c r="L25">
+        <v>5</v>
+      </c>
+      <c r="M25">
+        <v>2</v>
+      </c>
+      <c r="N25">
+        <v>4</v>
+      </c>
+      <c r="O25">
+        <v>2</v>
+      </c>
+      <c r="P25">
+        <v>2</v>
+      </c>
+      <c r="Q25">
+        <v>3</v>
+      </c>
+      <c r="R25">
+        <v>3</v>
+      </c>
+      <c r="S25">
+        <v>3</v>
+      </c>
+      <c r="T25">
+        <v>3</v>
+      </c>
+      <c r="U25">
+        <v>3</v>
+      </c>
+      <c r="V25">
+        <v>3</v>
+      </c>
+      <c r="W25">
+        <v>2</v>
+      </c>
+      <c r="X25">
+        <v>5</v>
+      </c>
+      <c r="Y25">
+        <v>3</v>
+      </c>
+      <c r="Z25">
+        <v>3</v>
+      </c>
+      <c r="AA25">
+        <v>3</v>
+      </c>
+      <c r="AB25">
+        <v>7</v>
+      </c>
+      <c r="AC25">
+        <v>3</v>
+      </c>
+      <c r="AD25">
+        <v>4</v>
+      </c>
+      <c r="AE25">
+        <v>3</v>
+      </c>
+      <c r="AF25">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v>MA4</v>
+      </c>
+      <c r="B26" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Jordan Casey</v>
+      </c>
+      <c r="E26">
+        <v>12</v>
+      </c>
+      <c r="F26">
+        <v>75</v>
+      </c>
+      <c r="G26">
+        <v>2</v>
+      </c>
+      <c r="I26" t="str">
+        <v>jordan7990</v>
+      </c>
+      <c r="J26">
+        <v>12</v>
+      </c>
+      <c r="K26">
+        <v>75</v>
+      </c>
+      <c r="L26">
+        <v>3</v>
+      </c>
+      <c r="M26">
+        <v>3</v>
+      </c>
+      <c r="N26">
+        <v>3</v>
+      </c>
+      <c r="O26">
+        <v>3</v>
+      </c>
+      <c r="P26">
+        <v>3</v>
+      </c>
+      <c r="Q26">
+        <v>4</v>
+      </c>
+      <c r="R26">
+        <v>4</v>
+      </c>
+      <c r="S26">
+        <v>3</v>
+      </c>
+      <c r="T26">
+        <v>4</v>
+      </c>
+      <c r="U26">
+        <v>3</v>
+      </c>
+      <c r="V26">
+        <v>3</v>
+      </c>
+      <c r="W26">
+        <v>4</v>
+      </c>
+      <c r="X26">
+        <v>4</v>
+      </c>
+      <c r="Y26">
+        <v>3</v>
+      </c>
+      <c r="Z26">
+        <v>4</v>
+      </c>
+      <c r="AA26">
+        <v>3</v>
+      </c>
+      <c r="AB26">
+        <v>5</v>
+      </c>
+      <c r="AC26">
+        <v>3</v>
+      </c>
+      <c r="AD26">
+        <v>4</v>
+      </c>
+      <c r="AE26">
+        <v>4</v>
+      </c>
+      <c r="AF26">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v>MA50</v>
+      </c>
+      <c r="B27" t="str">
+        <v>1</v>
+      </c>
+      <c r="C27">
+        <v>1</v>
+      </c>
+      <c r="D27" t="str">
+        <v>Ramon Urenia</v>
+      </c>
+      <c r="E27">
+        <v>11</v>
+      </c>
+      <c r="F27">
+        <v>74</v>
+      </c>
+      <c r="G27">
+        <v>1</v>
+      </c>
+      <c r="H27">
+        <v>279088</v>
+      </c>
+      <c r="I27" t="str">
+        <v>ramonurenia</v>
+      </c>
+      <c r="J27">
+        <v>11</v>
+      </c>
+      <c r="K27">
+        <v>74</v>
+      </c>
+      <c r="L27">
+        <v>3</v>
+      </c>
+      <c r="M27">
+        <v>3</v>
+      </c>
+      <c r="N27">
+        <v>4</v>
+      </c>
+      <c r="O27">
+        <v>3</v>
+      </c>
+      <c r="P27">
+        <v>4</v>
+      </c>
+      <c r="Q27">
+        <v>3</v>
+      </c>
+      <c r="R27">
+        <v>5</v>
+      </c>
+      <c r="S27">
+        <v>3</v>
+      </c>
+      <c r="T27">
+        <v>3</v>
+      </c>
+      <c r="U27">
+        <v>3</v>
+      </c>
+      <c r="V27">
+        <v>3</v>
+      </c>
+      <c r="W27">
+        <v>3</v>
+      </c>
+      <c r="X27">
+        <v>3</v>
+      </c>
+      <c r="Y27">
+        <v>4</v>
+      </c>
+      <c r="Z27">
+        <v>3</v>
+      </c>
+      <c r="AA27">
+        <v>4</v>
+      </c>
+      <c r="AB27">
+        <v>5</v>
+      </c>
+      <c r="AC27">
+        <v>5</v>
+      </c>
+      <c r="AD27">
+        <v>4</v>
+      </c>
+      <c r="AE27">
+        <v>2</v>
+      </c>
+      <c r="AF27">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AF23"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AF27"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 