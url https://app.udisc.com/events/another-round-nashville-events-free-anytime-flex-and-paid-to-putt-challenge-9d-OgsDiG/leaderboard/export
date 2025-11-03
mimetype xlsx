--- v0 (2025-10-04)
+++ v1 (2025-11-03)
@@ -540,54 +540,51 @@
       </c>
       <c r="X1" t="str">
         <v>hole_13</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA2</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
         <v>Haley Carpenter</v>
       </c>
       <c r="E2">
         <v>-1</v>
       </c>
       <c r="F2">
         <v>2</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2">
         <v>142110</v>
       </c>
       <c r="I2" t="str">
         <v>silverelk</v>
       </c>
       <c r="J2">
         <v>-1</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>