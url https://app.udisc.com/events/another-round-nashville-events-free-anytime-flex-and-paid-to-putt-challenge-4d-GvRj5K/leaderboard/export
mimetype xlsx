--- v0 (2025-10-20)
+++ v1 (2026-01-13)
@@ -821,50 +821,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
         <v>1</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5" t="str">
         <v>Chris DeRojas</v>
       </c>
       <c r="E5">
         <v>2</v>
       </c>
       <c r="F5">
         <v>56</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
+      <c r="H5">
+        <v>319389</v>
+      </c>
       <c r="I5" t="str">
         <v>therealshinobi</v>
       </c>
       <c r="J5">
         <v>2</v>
       </c>
       <c r="K5">
         <v>56</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">