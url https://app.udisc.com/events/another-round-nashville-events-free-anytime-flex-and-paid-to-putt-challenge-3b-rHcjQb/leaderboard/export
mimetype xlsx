--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -1776,50 +1776,53 @@
         <v>4</v>
       </c>
       <c r="AC15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA3</v>
       </c>
       <c r="B16" t="str">
         <v>DNF</v>
       </c>
       <c r="D16" t="str">
         <v>Logan Scarbrough</v>
       </c>
       <c r="E16">
         <v>-2</v>
       </c>
       <c r="F16">
         <v>28</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
+      <c r="H16">
+        <v>306749</v>
+      </c>
       <c r="I16" t="str">
         <v>logans901</v>
       </c>
       <c r="J16">
         <v>-2</v>
       </c>
       <c r="K16">
         <v>28</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">