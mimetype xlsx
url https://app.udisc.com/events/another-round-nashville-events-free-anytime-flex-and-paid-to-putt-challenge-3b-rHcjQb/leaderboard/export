--- v1 (2025-11-09)
+++ v2 (2025-12-03)
@@ -2345,70 +2345,130 @@
         <v>3</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
         <v>3</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
       <c r="AC22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>CASUAL</v>
       </c>
+      <c r="B23" t="str">
+        <v>1</v>
+      </c>
+      <c r="C23">
+        <v>1</v>
+      </c>
       <c r="D23" t="str">
         <v>Logan McCulley</v>
       </c>
       <c r="E23">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F23">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
       <c r="I23" t="str">
         <v>komodogamer</v>
       </c>
       <c r="J23">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="K23">
-        <v>0</v>
+        <v>61</v>
+      </c>
+      <c r="L23">
+        <v>3</v>
+      </c>
+      <c r="M23">
+        <v>4</v>
+      </c>
+      <c r="N23">
+        <v>4</v>
+      </c>
+      <c r="O23">
+        <v>3</v>
+      </c>
+      <c r="P23">
+        <v>3</v>
+      </c>
+      <c r="Q23">
+        <v>4</v>
+      </c>
+      <c r="R23">
+        <v>4</v>
+      </c>
+      <c r="S23">
+        <v>2</v>
+      </c>
+      <c r="T23">
+        <v>3</v>
+      </c>
+      <c r="U23">
+        <v>4</v>
+      </c>
+      <c r="V23">
+        <v>4</v>
+      </c>
+      <c r="W23">
+        <v>4</v>
+      </c>
+      <c r="X23">
+        <v>4</v>
+      </c>
+      <c r="Y23">
+        <v>3</v>
+      </c>
+      <c r="Z23">
+        <v>2</v>
+      </c>
+      <c r="AA23">
+        <v>3</v>
+      </c>
+      <c r="AB23">
+        <v>2</v>
+      </c>
+      <c r="AC23">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC23"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>