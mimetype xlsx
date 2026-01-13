--- v2 (2025-12-03)
+++ v3 (2026-01-13)
@@ -1002,50 +1002,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA2</v>
       </c>
       <c r="B7" t="str">
         <v>3</v>
       </c>
       <c r="C7">
         <v>3</v>
       </c>
       <c r="D7" t="str">
         <v>Chris DeRojas</v>
       </c>
       <c r="E7">
         <v>-10</v>
       </c>
       <c r="F7">
         <v>48</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
+      <c r="H7">
+        <v>319389</v>
+      </c>
       <c r="I7" t="str">
         <v>therealshinobi</v>
       </c>
       <c r="J7">
         <v>-10</v>
       </c>
       <c r="K7">
         <v>48</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
@@ -1260,50 +1263,53 @@
         <v>2</v>
       </c>
       <c r="AC9">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA2</v>
       </c>
       <c r="B10" t="str">
         <v>DUP</v>
       </c>
       <c r="D10" t="str">
         <v>Chris DeRojas</v>
       </c>
       <c r="E10">
         <v>-2</v>
       </c>
       <c r="F10">
         <v>56</v>
       </c>
       <c r="G10">
         <v>3</v>
       </c>
+      <c r="H10">
+        <v>319389</v>
+      </c>
       <c r="I10" t="str">
         <v>therealshinobi</v>
       </c>
       <c r="J10">
         <v>-2</v>
       </c>
       <c r="K10">
         <v>56</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>6</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
@@ -1342,50 +1348,53 @@
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA2</v>
       </c>
       <c r="B11" t="str">
         <v>DUP</v>
       </c>
       <c r="D11" t="str">
         <v>Chris DeRojas</v>
       </c>
       <c r="E11">
         <v>-1</v>
       </c>
       <c r="F11">
         <v>57</v>
       </c>
       <c r="G11">
         <v>2</v>
+      </c>
+      <c r="H11">
+        <v>319389</v>
       </c>
       <c r="I11" t="str">
         <v>therealshinobi</v>
       </c>
       <c r="J11">
         <v>-1</v>
       </c>
       <c r="K11">
         <v>57</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>6</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>5</v>
       </c>