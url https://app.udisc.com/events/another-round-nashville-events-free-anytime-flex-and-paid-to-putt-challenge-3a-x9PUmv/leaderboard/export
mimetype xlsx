--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -2313,50 +2313,53 @@
         <v>3</v>
       </c>
       <c r="AC21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA3</v>
       </c>
       <c r="B22" t="str">
         <v>DNF</v>
       </c>
       <c r="D22" t="str">
         <v>Logan Scarbrough</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
+      <c r="H22">
+        <v>306749</v>
+      </c>
       <c r="I22" t="str">
         <v>logans901</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
       <c r="K22">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA4</v>
       </c>
       <c r="B23" t="str">
         <v>1</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23" t="str">
         <v>Josh Fox</v>
       </c>
       <c r="E23">
         <v>21</v>