--- v0 (2025-10-20)
+++ v1 (2026-02-12)
@@ -732,50 +732,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA3</v>
       </c>
       <c r="B4" t="str">
         <v>1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Braxton wilson</v>
       </c>
       <c r="E4">
         <v>-7</v>
       </c>
       <c r="F4">
         <v>52</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
+      <c r="H4">
+        <v>260871</v>
+      </c>
       <c r="I4" t="str">
         <v>bdubs89</v>
       </c>
       <c r="J4">
         <v>-7</v>
       </c>
       <c r="K4">
         <v>52</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">