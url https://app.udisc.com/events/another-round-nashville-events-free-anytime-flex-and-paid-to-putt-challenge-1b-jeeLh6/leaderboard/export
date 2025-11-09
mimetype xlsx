--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -910,50 +910,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
       <c r="B6" t="str">
         <v>4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Logan Scarbrough</v>
       </c>
       <c r="E6">
         <v>-5</v>
       </c>
       <c r="F6">
         <v>53</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
+      <c r="H6">
+        <v>306749</v>
+      </c>
       <c r="I6" t="str">
         <v>logans901</v>
       </c>
       <c r="J6">
         <v>-5</v>
       </c>
       <c r="K6">
         <v>53</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
@@ -1068,206 +1071,209 @@
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA3</v>
       </c>
       <c r="B8" t="str">
         <v>DUP</v>
       </c>
       <c r="D8" t="str">
-        <v>Jake Sloan</v>
+        <v>Logan Scarbrough</v>
       </c>
       <c r="E8">
         <v>-3</v>
       </c>
       <c r="F8">
         <v>55</v>
       </c>
       <c r="G8">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H8">
+        <v>306749</v>
       </c>
       <c r="I8" t="str">
-        <v>jaketsloan</v>
+        <v>logans901</v>
       </c>
       <c r="J8">
         <v>-3</v>
       </c>
       <c r="K8">
         <v>55</v>
       </c>
       <c r="L8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M8">
         <v>5</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA3</v>
       </c>
       <c r="B9" t="str">
         <v>DUP</v>
       </c>
       <c r="D9" t="str">
-        <v>Logan Scarbrough</v>
+        <v>Jake Sloan</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
         <v>55</v>
       </c>
       <c r="G9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I9" t="str">
-        <v>logans901</v>
+        <v>jaketsloan</v>
       </c>
       <c r="J9">
         <v>-3</v>
       </c>
       <c r="K9">
         <v>55</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M9">
         <v>5</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC9">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA4</v>
       </c>
       <c r="B10" t="str">
         <v>1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Kyle machado</v>
       </c>
       <c r="E10">
         <v>-6</v>
       </c>
       <c r="F10">
         <v>52</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="I10" t="str">