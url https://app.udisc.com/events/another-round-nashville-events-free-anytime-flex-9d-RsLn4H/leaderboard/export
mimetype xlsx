--- v0 (2025-10-20)
+++ v1 (2026-01-13)
@@ -985,66 +985,72 @@
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA2</v>
       </c>
       <c r="B7" t="str">
         <v>DNF</v>
       </c>
       <c r="D7" t="str">
         <v>tyler c</v>
       </c>
       <c r="E7">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F7">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">
         <v>tylerceizyk</v>
       </c>
       <c r="J7">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="K7">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="L7">
+        <v>2</v>
+      </c>
+      <c r="M7">
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA4</v>
       </c>
       <c r="B8" t="str">
         <v>T1</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="str">
         <v>Alex Hudson</v>
       </c>
       <c r="E8">
         <v>8</v>
       </c>
       <c r="F8">
         <v>65</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="I8" t="str">