--- v0 (2025-10-20)
+++ v1 (2025-12-03)
@@ -546,69 +546,96 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA2</v>
       </c>
       <c r="B2" t="str">
         <v>DNF</v>
       </c>
       <c r="D2" t="str">
         <v>Justice Wenzlick</v>
       </c>
       <c r="E2">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F2">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2">
         <v>163644</v>
       </c>
       <c r="I2" t="str">
         <v>justicew</v>
       </c>
       <c r="J2">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="K2">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="L2">
+        <v>2</v>
+      </c>
+      <c r="M2">
+        <v>3</v>
+      </c>
+      <c r="N2">
+        <v>2</v>
+      </c>
+      <c r="O2">
+        <v>3</v>
+      </c>
+      <c r="P2">
+        <v>2</v>
+      </c>
+      <c r="Q2">
+        <v>3</v>
+      </c>
+      <c r="R2">
+        <v>3</v>
+      </c>
+      <c r="S2">
+        <v>3</v>
+      </c>
+      <c r="T2">
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA3</v>
       </c>
       <c r="B3" t="str">
         <v>1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Lucas Gleaves</v>
       </c>
       <c r="E3">
         <v>-5</v>
       </c>
       <c r="F3">
         <v>49</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">