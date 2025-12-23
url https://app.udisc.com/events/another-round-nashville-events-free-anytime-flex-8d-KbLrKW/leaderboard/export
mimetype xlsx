--- v0 (2025-10-19)
+++ v1 (2025-12-23)
@@ -999,50 +999,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>T1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v>Logan Scarbrough</v>
       </c>
       <c r="E7">
         <v>-5</v>
       </c>
       <c r="F7">
         <v>49</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
+      <c r="H7">
+        <v>306749</v>
+      </c>
       <c r="I7" t="str">
         <v>logans901</v>
       </c>
       <c r="J7">
         <v>-5</v>
       </c>
       <c r="K7">
         <v>49</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
@@ -1600,50 +1603,53 @@
       <c r="AB13">
         <v>5</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA3</v>
       </c>
       <c r="B14" t="str">
         <v>DNF</v>
       </c>
       <c r="D14" t="str">
         <v>Logan Scarbrough</v>
       </c>
       <c r="E14">
         <v>2</v>
       </c>
       <c r="F14">
         <v>32</v>
       </c>
       <c r="G14">
         <v>2</v>
+      </c>
+      <c r="H14">
+        <v>306749</v>
       </c>
       <c r="I14" t="str">
         <v>logans901</v>
       </c>
       <c r="J14">
         <v>2</v>
       </c>
       <c r="K14">
         <v>32</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>