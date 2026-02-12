--- v0 (2025-10-20)
+++ v1 (2026-02-12)
@@ -996,50 +996,53 @@
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v>Braxton wilson</v>
       </c>
       <c r="E7">
         <v>-9</v>
       </c>
       <c r="F7">
         <v>47</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
+      <c r="H7">
+        <v>260871</v>
+      </c>
       <c r="I7" t="str">
         <v>bdubs89</v>
       </c>
       <c r="J7">
         <v>-9</v>
       </c>
       <c r="K7">
         <v>47</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
@@ -1762,292 +1765,295 @@
       </c>
       <c r="Y15">
         <v>4</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>4</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
       <c r="AC15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA3</v>
       </c>
       <c r="B16" t="str">
         <v>DUP</v>
       </c>
       <c r="D16" t="str">
-        <v>John Freiler</v>
+        <v>Braxton wilson</v>
       </c>
       <c r="E16">
-        <v>0</v>
+        <v>-7</v>
       </c>
       <c r="F16">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="G16">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H16">
-        <v>268626</v>
+        <v>260871</v>
       </c>
       <c r="I16" t="str">
-        <v>lonekthx</v>
+        <v>bdubs89</v>
       </c>
       <c r="J16">
-        <v>0</v>
+        <v>-7</v>
       </c>
       <c r="K16">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S16">
         <v>2</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC16">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA3</v>
       </c>
       <c r="B17" t="str">
         <v>DUP</v>
       </c>
       <c r="D17" t="str">
         <v>John Freiler</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>56</v>
       </c>
       <c r="G17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H17">
         <v>268626</v>
       </c>
       <c r="I17" t="str">
         <v>lonekthx</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
       <c r="K17">
         <v>56</v>
       </c>
       <c r="L17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W17">
         <v>5</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
       <c r="AC17">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
         <v>DUP</v>
       </c>
       <c r="D18" t="str">
-        <v>Braxton wilson</v>
+        <v>John Freiler</v>
       </c>
       <c r="E18">
-        <v>-7</v>
+        <v>0</v>
       </c>
       <c r="F18">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="G18">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H18">
+        <v>268626</v>
       </c>
       <c r="I18" t="str">
-        <v>bdubs89</v>
+        <v>lonekthx</v>
       </c>
       <c r="J18">
-        <v>-7</v>
+        <v>0</v>
       </c>
       <c r="K18">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="L18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA4</v>
       </c>
       <c r="B19" t="str">
         <v>1</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19" t="str">
         <v>Alex Scott</v>
       </c>
       <c r="E19">
         <v>0</v>
       </c>
       <c r="F19">
         <v>56</v>
       </c>
       <c r="G19">