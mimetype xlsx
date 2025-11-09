--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1429,50 +1429,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MP40</v>
       </c>
       <c r="B12" t="str">
         <v>1</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="str">
         <v>Brent giblin</v>
       </c>
       <c r="E12">
         <v>-5</v>
       </c>
       <c r="F12">
         <v>50</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
+      <c r="H12">
+        <v>317645</v>
+      </c>
       <c r="I12" t="str">
         <v>giblinsquad</v>
       </c>
       <c r="J12">
         <v>-5</v>
       </c>
       <c r="K12">
         <v>50</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">