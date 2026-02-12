--- v0 (2025-10-19)
+++ v1 (2026-02-12)
@@ -1779,50 +1779,53 @@
         <v>5</v>
       </c>
       <c r="AC15">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA3</v>
       </c>
       <c r="B16" t="str">
         <v>DNF</v>
       </c>
       <c r="D16" t="str">
         <v>Braxton wilson</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
         <v>25</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
+      <c r="H16">
+        <v>260871</v>
+      </c>
       <c r="I16" t="str">
         <v>bdubs89</v>
       </c>
       <c r="J16">
         <v>8</v>
       </c>
       <c r="K16">
         <v>25</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>6</v>
       </c>
       <c r="N16">
         <v>6</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>5</v>
       </c>
     </row>