--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -2897,50 +2897,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA40</v>
       </c>
       <c r="B28" t="str">
         <v>2</v>
       </c>
       <c r="C28">
         <v>2</v>
       </c>
       <c r="D28" t="str">
         <v>Tomohisa Ishii</v>
       </c>
       <c r="E28">
         <v>5</v>
       </c>
       <c r="F28">
         <v>66</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
+      <c r="H28">
+        <v>303177</v>
+      </c>
       <c r="I28" t="str">
         <v>ishii106</v>
       </c>
       <c r="J28">
         <v>5</v>
       </c>
       <c r="K28">
         <v>66</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>4</v>
       </c>
       <c r="N28">
         <v>4</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
       <c r="Q28">