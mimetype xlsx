--- v1 (2025-12-03)
+++ v2 (2026-02-12)
@@ -922,218 +922,221 @@
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>4</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
       <c r="B6" t="str">
         <v>T1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
-        <v>Grayson Gwaltney</v>
+        <v>Braxton wilson</v>
       </c>
       <c r="E6">
         <v>-4</v>
       </c>
       <c r="F6">
         <v>57</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
-        <v>268509</v>
+        <v>260871</v>
       </c>
       <c r="I6" t="str">
-        <v>timberwood3</v>
+        <v>bdubs89</v>
       </c>
       <c r="J6">
         <v>-4</v>
       </c>
       <c r="K6">
         <v>57</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>T1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
-        <v>Braxton wilson</v>
+        <v>Grayson Gwaltney</v>
       </c>
       <c r="E7">
         <v>-4</v>
       </c>
       <c r="F7">
         <v>57</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
+      <c r="H7">
+        <v>268509</v>
+      </c>
       <c r="I7" t="str">
-        <v>bdubs89</v>
+        <v>timberwood3</v>
       </c>
       <c r="J7">
         <v>-4</v>
       </c>
       <c r="K7">
         <v>57</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
       <c r="AE7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA3</v>
       </c>
       <c r="B8" t="str">
         <v>T3</v>
       </c>
       <c r="C8">
         <v>3</v>
       </c>
       <c r="D8" t="str">
         <v>Jason Trautwein</v>
       </c>
       <c r="E8">
         <v>2</v>
       </c>
       <c r="F8">