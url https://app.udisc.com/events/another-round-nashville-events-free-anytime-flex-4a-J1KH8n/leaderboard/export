--- v0 (2025-10-19)
+++ v1 (2026-01-13)
@@ -1394,51 +1394,51 @@
       <c r="A12" t="str">
         <v>MA2</v>
       </c>
       <c r="B12" t="str">
         <v>5</v>
       </c>
       <c r="C12">
         <v>5</v>
       </c>
       <c r="D12" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E12">
         <v>-7</v>
       </c>
       <c r="F12">
         <v>51</v>
       </c>
       <c r="G12">
         <v>2</v>
       </c>
       <c r="H12">
         <v>299041</v>
       </c>
       <c r="I12" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="J12">
         <v>-7</v>
       </c>
       <c r="K12">
         <v>51</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>7</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
@@ -1741,51 +1741,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA2</v>
       </c>
       <c r="B16" t="str">
         <v>DUP</v>
       </c>
       <c r="D16" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E16">
         <v>-6</v>
       </c>
       <c r="F16">
         <v>52</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16">
         <v>299041</v>
       </c>
       <c r="I16" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="J16">
         <v>-6</v>
       </c>
       <c r="K16">
         <v>52</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>