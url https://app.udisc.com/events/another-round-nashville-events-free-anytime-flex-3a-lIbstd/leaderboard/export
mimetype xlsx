--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1817,51 +1817,51 @@
       <c r="A18" t="str">
         <v>MA4</v>
       </c>
       <c r="B18" t="str">
         <v>1</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18" t="str">
         <v>Sean Scott</v>
       </c>
       <c r="E18">
         <v>4</v>
       </c>
       <c r="F18">
         <v>60</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18">
         <v>309463</v>
       </c>
       <c r="I18" t="str">
-        <v>franko615</v>
+        <v>sean615</v>
       </c>
       <c r="J18">
         <v>4</v>
       </c>
       <c r="K18">
         <v>60</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>