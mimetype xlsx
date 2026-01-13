--- v1 (2025-12-03)
+++ v2 (2026-01-13)
@@ -1359,51 +1359,51 @@
       <c r="A11" t="str">
         <v>MA2</v>
       </c>
       <c r="B11" t="str">
         <v>5</v>
       </c>
       <c r="C11">
         <v>5</v>
       </c>
       <c r="D11" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E11">
         <v>9</v>
       </c>
       <c r="F11">
         <v>65</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
         <v>299041</v>
       </c>
       <c r="I11" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="J11">
         <v>9</v>
       </c>
       <c r="K11">
         <v>65</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>5</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>