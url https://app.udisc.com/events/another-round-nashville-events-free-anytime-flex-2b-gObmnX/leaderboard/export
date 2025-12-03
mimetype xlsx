--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -3711,50 +3711,53 @@
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>MA4</v>
       </c>
       <c r="B40" t="str">
         <v>1</v>
       </c>
       <c r="C40">
         <v>1</v>
       </c>
       <c r="D40" t="str">
         <v>Tomohisa Ishii</v>
       </c>
       <c r="E40">
         <v>-2</v>
       </c>
       <c r="F40">
         <v>53</v>
       </c>
       <c r="G40">
         <v>1</v>
       </c>
+      <c r="H40">
+        <v>303177</v>
+      </c>
       <c r="I40" t="str">
         <v>ishii106</v>
       </c>
       <c r="J40">
         <v>-2</v>
       </c>
       <c r="K40">
         <v>53</v>
       </c>
       <c r="L40">
         <v>2</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>
       <c r="Q40">