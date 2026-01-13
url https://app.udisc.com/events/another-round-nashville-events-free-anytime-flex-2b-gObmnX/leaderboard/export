--- v1 (2025-12-03)
+++ v2 (2026-01-13)
@@ -1792,51 +1792,51 @@
       <c r="A16" t="str">
         <v>MA2</v>
       </c>
       <c r="B16" t="str">
         <v>T3</v>
       </c>
       <c r="C16">
         <v>3</v>
       </c>
       <c r="D16" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>55</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16">
         <v>299041</v>
       </c>
       <c r="I16" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
       <c r="K16">
         <v>55</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>