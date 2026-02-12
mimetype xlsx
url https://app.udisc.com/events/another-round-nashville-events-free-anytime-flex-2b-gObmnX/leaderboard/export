--- v2 (2026-01-13)
+++ v3 (2026-02-12)
@@ -3125,50 +3125,53 @@
         <v>3</v>
       </c>
       <c r="AC31">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA3</v>
       </c>
       <c r="B32" t="str">
         <v>DNF</v>
       </c>
       <c r="D32" t="str">
         <v>Braxton wilson</v>
       </c>
       <c r="E32">
         <v>-1</v>
       </c>
       <c r="F32">
         <v>20</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
+      <c r="H32">
+        <v>260871</v>
+      </c>
       <c r="I32" t="str">
         <v>bdubs89</v>
       </c>
       <c r="J32">
         <v>-1</v>
       </c>
       <c r="K32">
         <v>20</v>
       </c>
       <c r="L32">
         <v>2</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">