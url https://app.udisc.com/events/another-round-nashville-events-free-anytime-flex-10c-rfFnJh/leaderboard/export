--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -2022,50 +2022,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA4</v>
       </c>
       <c r="B19" t="str">
         <v>3</v>
       </c>
       <c r="C19">
         <v>3</v>
       </c>
       <c r="D19" t="str">
         <v>Eric Rhodes</v>
       </c>
       <c r="E19">
         <v>-1</v>
       </c>
       <c r="F19">
         <v>51</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
+      <c r="H19">
+        <v>317027</v>
+      </c>
       <c r="I19" t="str">
         <v>soosemcgoose</v>
       </c>
       <c r="J19">
         <v>-1</v>
       </c>
       <c r="K19">
         <v>51</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">