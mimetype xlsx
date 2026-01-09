--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -3528,51 +3528,51 @@
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T35</v>
       </c>
       <c r="C37">
         <v>35</v>
       </c>
       <c r="D37" t="str">
         <v>LD</v>
       </c>
       <c r="E37">
         <v>-4</v>
       </c>
       <c r="F37">
         <v>50</v>
       </c>
       <c r="G37">
         <v>295932</v>
       </c>
       <c r="H37" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I37">
         <v>-4</v>
       </c>
       <c r="J37">
         <v>50</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>2</v>
       </c>
       <c r="M37">
         <v>2</v>
       </c>
       <c r="N37">
         <v>2</v>
       </c>
       <c r="O37">
         <v>2</v>
       </c>
       <c r="P37">
         <v>2</v>
       </c>