--- v0 (2025-11-29)
+++ v1 (2026-01-09)
@@ -3113,51 +3113,51 @@
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T28</v>
       </c>
       <c r="C32">
         <v>28</v>
       </c>
       <c r="D32" t="str">
         <v>LD</v>
       </c>
       <c r="E32">
         <v>-3</v>
       </c>
       <c r="F32">
         <v>51</v>
       </c>
       <c r="G32">
         <v>295932</v>
       </c>
       <c r="H32" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I32">
         <v>-3</v>
       </c>
       <c r="J32">
         <v>51</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>5</v>
       </c>
       <c r="N32">
         <v>2</v>
       </c>
       <c r="O32">
         <v>2</v>
       </c>
       <c r="P32">
         <v>2</v>
       </c>