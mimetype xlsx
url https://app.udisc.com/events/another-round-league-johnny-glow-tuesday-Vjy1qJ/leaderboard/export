--- v0 (2025-11-29)
+++ v1 (2026-01-09)
@@ -1497,51 +1497,51 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T9</v>
       </c>
       <c r="C13">
         <v>9</v>
       </c>
       <c r="D13" t="str">
         <v>LD</v>
       </c>
       <c r="E13">
         <v>-11</v>
       </c>
       <c r="F13">
         <v>43</v>
       </c>
       <c r="G13">
         <v>295932</v>
       </c>
       <c r="H13" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I13">
         <v>-11</v>
       </c>
       <c r="J13">
         <v>43</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>2</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
@@ -4115,286 +4115,289 @@
       </c>
       <c r="Y43">
         <v>3</v>
       </c>
       <c r="Z43">
         <v>2</v>
       </c>
       <c r="AA43">
         <v>2</v>
       </c>
       <c r="AB43">
         <v>2</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>T43</v>
       </c>
       <c r="C44">
         <v>43</v>
       </c>
       <c r="D44" t="str">
-        <v>Colin seely</v>
+        <v>Philip Ogren</v>
       </c>
       <c r="E44">
         <v>-3</v>
       </c>
       <c r="F44">
         <v>51</v>
       </c>
+      <c r="G44">
+        <v>318882</v>
+      </c>
       <c r="H44" t="str">
-        <v>colin719</v>
+        <v>pogren</v>
       </c>
       <c r="I44">
         <v>-3</v>
       </c>
       <c r="J44">
         <v>51</v>
       </c>
       <c r="K44">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R44">
         <v>2</v>
       </c>
       <c r="S44">
         <v>4</v>
       </c>
       <c r="T44">
         <v>3</v>
       </c>
       <c r="U44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W44">
         <v>3</v>
       </c>
       <c r="X44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA44">
         <v>3</v>
       </c>
       <c r="AB44">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>GEN</v>
       </c>
       <c r="B45" t="str">
         <v>T43</v>
       </c>
       <c r="C45">
         <v>43</v>
       </c>
       <c r="D45" t="str">
-        <v>Duke McCaslin</v>
+        <v>Colin seely</v>
       </c>
       <c r="E45">
         <v>-3</v>
       </c>
       <c r="F45">
         <v>51</v>
       </c>
       <c r="H45" t="str">
-        <v>breezydiscs</v>
+        <v>colin719</v>
       </c>
       <c r="I45">
         <v>-3</v>
       </c>
       <c r="J45">
         <v>51</v>
       </c>
       <c r="K45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L45">
         <v>3</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
         <v>2</v>
       </c>
       <c r="O45">
         <v>4</v>
       </c>
       <c r="P45">
         <v>3</v>
       </c>
       <c r="Q45">
         <v>2</v>
       </c>
       <c r="R45">
         <v>2</v>
       </c>
       <c r="S45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W45">
         <v>3</v>
       </c>
       <c r="X45">
         <v>3</v>
       </c>
       <c r="Y45">
         <v>3</v>
       </c>
       <c r="Z45">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA45">
         <v>3</v>
       </c>
       <c r="AB45">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>T43</v>
       </c>
       <c r="C46">
         <v>43</v>
       </c>
       <c r="D46" t="str">
-        <v>Philip Ogren</v>
+        <v>Duke McCaslin</v>
       </c>
       <c r="E46">
         <v>-3</v>
       </c>
       <c r="F46">
         <v>51</v>
       </c>
       <c r="H46" t="str">
-        <v>pogren</v>
+        <v>breezydiscs</v>
       </c>
       <c r="I46">
         <v>-3</v>
       </c>
       <c r="J46">
         <v>51</v>
       </c>
       <c r="K46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L46">
         <v>3</v>
       </c>
       <c r="M46">
         <v>3</v>
       </c>
       <c r="N46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R46">
         <v>2</v>
       </c>
       <c r="S46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U46">
         <v>2</v>
       </c>
       <c r="V46">
         <v>2</v>
       </c>
       <c r="W46">
         <v>3</v>
       </c>
       <c r="X46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z46">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AA46">
         <v>3</v>
       </c>
       <c r="AB46">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>GEN</v>
       </c>
       <c r="B47" t="str">
         <v>T46</v>
       </c>
       <c r="C47">
         <v>46</v>
       </c>
       <c r="D47" t="str">
         <v>Devin Cardinal</v>
       </c>
       <c r="E47">
         <v>-2</v>
       </c>
       <c r="F47">
         <v>52</v>
       </c>
       <c r="G47">
         <v>296016</v>
       </c>
       <c r="H47" t="str">