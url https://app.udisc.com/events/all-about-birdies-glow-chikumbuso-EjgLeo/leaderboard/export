--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -861,50 +861,53 @@
         <v>35</v>
       </c>
       <c r="L11">
         <v>34</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA40</v>
       </c>
       <c r="B12" t="str">
         <v>9</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12" t="str">
         <v>Steve Tew</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
         <v>71</v>
       </c>
+      <c r="G12">
+        <v>317268</v>
+      </c>
       <c r="H12" t="str">
         <v>stevetew</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12">
         <v>4</v>
       </c>
       <c r="K12">
         <v>34</v>
       </c>
       <c r="L12">
         <v>37</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA40</v>
       </c>
       <c r="B13" t="str">
         <v>10</v>
       </c>
       <c r="C13">
         <v>10</v>
@@ -2306,50 +2309,53 @@
         <v>3</v>
       </c>
       <c r="U9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA40</v>
       </c>
       <c r="B10" t="str">
         <v>7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
         <v>Steve Tew</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
         <v>34</v>
       </c>
+      <c r="G10">
+        <v>317268</v>
+      </c>
       <c r="H10" t="str">
         <v>stevetew</v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10">
         <v>34</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
@@ -4629,50 +4635,53 @@
         <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA40</v>
       </c>
       <c r="B12" t="str">
         <v>9</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12" t="str">
         <v>Steve Tew</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
         <v>71</v>
       </c>
+      <c r="G12">
+        <v>317268</v>
+      </c>
       <c r="H12" t="str">
         <v>stevetew</v>
       </c>
       <c r="I12">
         <v>4</v>
       </c>
       <c r="J12">
         <v>37</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>5</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">