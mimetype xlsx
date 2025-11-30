--- v1 (2025-11-10)
+++ v2 (2025-11-30)
@@ -1550,50 +1550,53 @@
         <v>32</v>
       </c>
       <c r="L30">
         <v>34</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA</v>
       </c>
       <c r="B31" t="str">
         <v>T6</v>
       </c>
       <c r="C31">
         <v>6</v>
       </c>
       <c r="D31" t="str">
         <v>Jacob Selbe</v>
       </c>
       <c r="E31">
         <v>4</v>
       </c>
       <c r="F31">
         <v>70</v>
       </c>
+      <c r="G31">
+        <v>318128</v>
+      </c>
       <c r="H31" t="str">
         <v>jebba1986</v>
       </c>
       <c r="I31">
         <v>3</v>
       </c>
       <c r="J31">
         <v>1</v>
       </c>
       <c r="K31">
         <v>36</v>
       </c>
       <c r="L31">
         <v>34</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA</v>
       </c>
       <c r="B32" t="str">
         <v>T6</v>
       </c>
       <c r="C32">
         <v>6</v>
@@ -3703,50 +3706,53 @@
         <v>4</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA</v>
       </c>
       <c r="B32" t="str">
         <v>7</v>
       </c>
       <c r="C32">
         <v>7</v>
       </c>
       <c r="D32" t="str">
         <v>Jacob Selbe</v>
       </c>
       <c r="E32">
         <v>3</v>
       </c>
       <c r="F32">
         <v>36</v>
       </c>
+      <c r="G32">
+        <v>318128</v>
+      </c>
       <c r="H32" t="str">
         <v>jebba1986</v>
       </c>
       <c r="I32">
         <v>3</v>
       </c>
       <c r="J32">
         <v>36</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>4</v>
       </c>
       <c r="O32">
         <v>4</v>
       </c>
       <c r="P32">
@@ -5705,50 +5711,53 @@
         <v>2</v>
       </c>
       <c r="U30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA</v>
       </c>
       <c r="B31" t="str">
         <v>T6</v>
       </c>
       <c r="C31">
         <v>6</v>
       </c>
       <c r="D31" t="str">
         <v>Jacob Selbe</v>
       </c>
       <c r="E31">
         <v>4</v>
       </c>
       <c r="F31">
         <v>70</v>
       </c>
+      <c r="G31">
+        <v>318128</v>
+      </c>
       <c r="H31" t="str">
         <v>jebba1986</v>
       </c>
       <c r="I31">
         <v>1</v>
       </c>
       <c r="J31">
         <v>34</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
         <v>2</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">