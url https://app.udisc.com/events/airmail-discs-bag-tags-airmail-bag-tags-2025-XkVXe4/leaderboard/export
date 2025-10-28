--- v0 (2025-10-03)
+++ v1 (2025-10-28)
@@ -2323,50 +2323,53 @@
         <v>4</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>Michael parker</v>
       </c>
       <c r="E23">
         <v>14</v>
       </c>
       <c r="F23">
         <v>68</v>
       </c>
+      <c r="G23">
+        <v>316749</v>
+      </c>
       <c r="H23" t="str">
         <v>mrparker</v>
       </c>
       <c r="I23">
         <v>14</v>
       </c>
       <c r="J23">
         <v>68</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>4</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">