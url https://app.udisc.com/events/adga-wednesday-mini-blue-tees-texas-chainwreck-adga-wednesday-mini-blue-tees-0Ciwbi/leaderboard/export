--- v0 (2025-10-22)
+++ v1 (2025-11-19)
@@ -1224,203 +1224,206 @@
       </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
         <v>T2</v>
       </c>
       <c r="C10">
         <v>2</v>
       </c>
       <c r="D10" t="str">
-        <v>Dakota Gray</v>
+        <v>Keith Hill</v>
       </c>
       <c r="E10">
         <v>-5</v>
       </c>
       <c r="F10">
         <v>49</v>
       </c>
+      <c r="G10">
+        <v>267791</v>
+      </c>
       <c r="H10" t="str">
-        <v>dak1992</v>
+        <v>kthhll88</v>
       </c>
       <c r="I10">
         <v>-5</v>
       </c>
       <c r="J10">
         <v>49</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>2</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W10">
         <v>2</v>
       </c>
       <c r="X10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA1</v>
       </c>
       <c r="B11" t="str">
         <v>T2</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11" t="str">
-        <v>Keith Hill</v>
+        <v>Dakota Gray</v>
       </c>
       <c r="E11">
         <v>-5</v>
       </c>
       <c r="F11">
         <v>49</v>
       </c>
       <c r="H11" t="str">
-        <v>kthhll88</v>
+        <v>dak1992</v>
       </c>
       <c r="I11">
         <v>-5</v>
       </c>
       <c r="J11">
         <v>49</v>
       </c>
       <c r="K11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>2</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W11">
         <v>2</v>
       </c>
       <c r="X11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB11">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA1</v>
       </c>
       <c r="B12" t="str">
         <v>4</v>
       </c>
       <c r="C12">
         <v>4</v>
       </c>
       <c r="D12" t="str">
         <v>Jaime Gutierrez</v>
       </c>
       <c r="E12">
         <v>-4</v>
       </c>
       <c r="F12">
         <v>50</v>
       </c>
       <c r="G12">
         <v>113202</v>
       </c>
       <c r="H12" t="str">