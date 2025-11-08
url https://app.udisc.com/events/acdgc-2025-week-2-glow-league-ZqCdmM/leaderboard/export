--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -1286,50 +1286,53 @@
       </c>
       <c r="C8">
         <v>9</v>
       </c>
       <c r="D8">
         <v>10</v>
       </c>
       <c r="E8" t="str">
         <v>MA1</v>
       </c>
       <c r="F8" t="str">
         <v>4</v>
       </c>
       <c r="G8">
         <v>4</v>
       </c>
       <c r="H8" t="str">
         <v>Crosby Abe</v>
       </c>
       <c r="I8">
         <v>-1</v>
       </c>
       <c r="J8">
         <v>73</v>
       </c>
+      <c r="K8">
+        <v>316034</v>
+      </c>
       <c r="L8" t="str">
         <v>crosbyabe11</v>
       </c>
       <c r="M8">
         <v>-1</v>
       </c>
       <c r="N8">
         <v>73</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">